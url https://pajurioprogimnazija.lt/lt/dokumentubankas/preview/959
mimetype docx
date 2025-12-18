--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -1,791 +1,797 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="003709D0" w:rsidRPr="00F942EA" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="2B633B7A" w14:textId="77777777" w:rsidR="003709D0" w:rsidRPr="00F942EA" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="5670" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00F942EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Klaipėdos „Pajūrio“ progimnazijos Mokinių pamokų lankomumo apskaitos ir progimnazijos nelankymo prevencijos tvarkos aprašo, patvirtinto Klaipėdos „Pajūrio“ progimnazijos direktoriaus 2019-08-30</w:t>
       </w:r>
       <w:r w:rsidRPr="00F942EA">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> įsakymu Nr. V1-178</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRPr="00F942EA" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="18ED8BC4" w14:textId="77777777" w:rsidR="003709D0" w:rsidRPr="00F942EA" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F942EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidRPr="00F942EA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4 priedas </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="6C17ACE0" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="635002F0" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Klaipėdos „Pajūrio“ progimnazijos__________ klasės mokinio (ės)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="0F8D8AE1" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="44159D79" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRPr="00850531" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="0C470C98" w14:textId="77777777" w:rsidR="003709D0" w:rsidRPr="00850531" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00850531">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(vardas, pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="1CBACA55" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="44F0F1AD" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Klaipėdos „Pajūrio“ progimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="6A7448AC" w14:textId="08179291" w:rsidR="003709D0" w:rsidRDefault="002E48F0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>direktorei Linai Stankutei</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="003709D0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">irektorei </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A14CBA0" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRPr="00A0731D" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="5AD46422" w14:textId="77777777" w:rsidR="003709D0" w:rsidRPr="00A0731D" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0731D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRPr="00A0731D" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="2112503C" w14:textId="77777777" w:rsidR="003709D0" w:rsidRPr="00A0731D" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0731D">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DĖL ATLEIDIMO NUO MOKOMOJO DALYKO PRIVALOMO PAMOKŲ LANKYMO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="569CC624" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRPr="00850531" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="576A43B2" w14:textId="77777777" w:rsidR="003709D0" w:rsidRPr="00850531" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00850531">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00850531">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(data)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="22B3DDBB" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       Klaipėda</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="694E0F25" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4811"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="72A7F1D4" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prašau  atleisti mano sūnų (dukrą) nuo______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="2FF547BB" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00850531">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(nurodyti mokomąjį dalyką)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="6FCD9232" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00850531">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">amokų lankymo, nes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lankė (baigė) ___________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="3C6E6A05" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4154"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C6C1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(nurodyti neformaliojo vaikų švietimo įstaigą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="72E62458" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4154"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="020D3EB5" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pažyma pridedama.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
-[...7 lines deleted...]
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="512B473F" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04591D26" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Su Klaipėdos „Pajūrio“ progimnazijos mokinių, atleidimo nuo menų, kūno kultūros ir kitų dalykų pamokų (ar jų dalies) lankymo tvarka mokinys yra susipažinęs.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
-[...15 lines deleted...]
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="69BFFC71" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05445964" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A25F8BE" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sutinku ir prisiimu atsakomybę už vaiko saugumą, kai jis nedalyvauja _____________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="0DC45955" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7358"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="006C6C1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(nurodyta pamoką)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="40A3D038" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7358"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="006C6C1E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>amokose.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="6777D2FA" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7358"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="7AE5AA77" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7358"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="57C99BC7" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7358"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="6C6A0791" w14:textId="77777777" w:rsidR="003709D0" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7358"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003709D0" w:rsidRPr="006C6C1E" w:rsidRDefault="003709D0" w:rsidP="003709D0">
+    <w:p w14:paraId="3AB1438E" w14:textId="77777777" w:rsidR="003709D0" w:rsidRPr="006C6C1E" w:rsidRDefault="003709D0" w:rsidP="003709D0">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C6C1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="006C6C1E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(tėvo/ motinos/globėjo(-os) vardas, pavardė, parašas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F962E6" w:rsidRDefault="00F962E6"/>
+    <w:p w14:paraId="3D797E6B" w14:textId="77777777" w:rsidR="00F962E6" w:rsidRDefault="00F962E6"/>
     <w:sectPr w:rsidR="00F962E6" w:rsidSect="00157C66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="562" w:bottom="851" w:left="1688" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003709D0"/>
+    <w:rsid w:val="002E48F0"/>
     <w:rsid w:val="003709D0"/>
     <w:rsid w:val="00AC73C8"/>
     <w:rsid w:val="00C114C7"/>
     <w:rsid w:val="00F962E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3870AAB6"/>
   <w15:docId w15:val="{D0875623-04C5-4EC3-A558-438A736E44C5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -847,98 +853,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1113,99 +1115,104 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003709D0"/>
     <w:pPr>
       <w:spacing w:after="5" w:line="268" w:lineRule="auto"/>
       <w:ind w:left="1860" w:hanging="10"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -1458,75 +1465,75 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>225</Words>
-  <Characters>1283</Characters>
+  <Words>950</Words>
+  <Characters>543</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>4</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1505</CharactersWithSpaces>
+  <CharactersWithSpaces>1491</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>