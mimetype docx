--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -1,92 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6356DD1A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="56"/>
         <w:ind w:left="6346" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="0040483B">
+    <w:p w14:paraId="166D1181" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="0040483B">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="6346" w:right="755" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Klaipėdos </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Klaipėdos ,,Pajūrio</w:t>
+      </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="34"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -130,91 +121,89 @@
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve">įsakymu </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r w:rsidR="008A6341">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>V-183/1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="71453A48" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="16" w:line="260" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="07D9D3BF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:ind w:left="429" w:right="449" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>KLAIPĖDOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0040483B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>,,PAJŪRIO</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>PRO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
@@ -280,99 +269,99 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>PROGIMNAZIJOS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>NELANKYMO</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>PREVENCIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4A9CF5F7" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:before="3"/>
         <w:ind w:left="44" w:right="424"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>TVARKOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>APRAŠAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="0294EBB0" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="19" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="26226215" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:line="258" w:lineRule="auto"/>
         <w:ind w:left="3228" w:right="3259" w:firstLine="916"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
@@ -392,62 +381,62 @@
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="10197A61" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="3" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3C788EF0" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1334"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Klaipėdos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1183,53 +1172,53 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taisyklėmis,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="63"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">mokymosi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sutartimi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="781073C3" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1193"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1848,53 +1837,53 @@
         </w:rPr>
         <w:t>pamokų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nelankymo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>prevenciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2A35F33B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1226"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="118" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2103,78 +2092,78 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vėlavimui</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> į </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamokas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mažinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="72C0EDC8" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:ind w:left="1199" w:hanging="240"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarkos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> tikslai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6E6EF934" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1380"/>
         </w:tabs>
         <w:spacing w:before="33"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gerinti</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokinių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mokymosi</w:t>
       </w:r>
       <w:r>
@@ -2183,215 +2172,211 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rezultatus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mokymosi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>motyvaciją;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="325B414B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1380"/>
         </w:tabs>
         <w:spacing w:before="31"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">vykdyti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokinių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamokų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nelankymo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>prevenciją;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="71E4A865" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1380"/>
         </w:tabs>
         <w:spacing w:before="31"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nustatyti</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>bendrus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>lankomumo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>apskaitos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kriterijus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6C1D15D6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:spacing w:before="33"/>
         <w:ind w:left="1199" w:hanging="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Vartojamos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sąvokos:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="32DBA95B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:before="31" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="107" w:right="120" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pamokų</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nelankantis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2561,71 +2546,69 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pavienes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pamokas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2FFCD037" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nelankantis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="28"/>
         </w:rPr>
@@ -3045,137 +3028,137 @@
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> nutarimas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>466).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="10CCA4C0" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="5" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="15D91A44" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:ind w:left="410" w:right="423"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">II </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="44D1653D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:before="21"/>
         <w:ind w:left="409" w:right="424"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>LANKOMUMO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>FIKSAVIMAS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IR APSKAITA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="3025BA64" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="19" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="326C5104" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:ind w:left="1199" w:hanging="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Pamokų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>lankomumas</w:t>
       </w:r>
       <w:r>
@@ -3184,53 +3167,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>fiksuojamas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>elektroniniame</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dienyne.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="006CD342" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1200"/>
         </w:tabs>
         <w:spacing w:before="21"/>
         <w:ind w:left="1199" w:hanging="240"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Pralei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>stos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
@@ -3247,53 +3230,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>žymimos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>raide</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>„n“.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="69F1456B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1217"/>
         </w:tabs>
         <w:spacing w:before="21" w:line="269" w:lineRule="auto"/>
         <w:ind w:right="127" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Mokinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3409,68 +3392,68 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pateisintas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dėl</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> šių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežasčių:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="68010DC9" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0B7ABD40" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1358"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>mokinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="38"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ligos,</w:t>
       </w:r>
       <w:r>
@@ -3695,53 +3678,53 @@
         </w:rPr>
         <w:t>patvirtinančio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="117"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>fakto</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>išrašo);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="7EBB02EF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:ind w:firstLine="852"/>
       </w:pPr>
       <w:r>
         <w:t>ne</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> daugiau</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -3790,53 +3773,53 @@
         </w:rPr>
         <w:t>mėnesį</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gali </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pateisinti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="79"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="676C7DFD" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="38" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="124" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">mokiniui </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>praleidus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
@@ -4075,75 +4058,73 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pažymą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>arba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>kitus įrodymus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="482A33CB" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1370"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="123" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>svarbių</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>asmeninių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežasčių</w:t>
       </w:r>
       <w:r>
@@ -4512,53 +4493,53 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>poreikio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="81"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priedas));</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1611C745" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1373"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nepalankių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4783,72 +4764,70 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>majeure</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>aplinkybių;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="43165159" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1387"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>mokinio</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dalyvavimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sporto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
@@ -5754,53 +5733,53 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>darbo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="93"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dieną</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>po jo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4A3B8E69" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1370"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6165,53 +6144,53 @@
         </w:rPr>
         <w:t>tarptautinėse</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="81"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>olimpiadose,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>varžybose;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="69D32C22" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1366"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>mokinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tikslinio</w:t>
@@ -6637,75 +6616,73 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pranešus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dėl tokio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>poreikio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6550F3F5" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1459"/>
         </w:tabs>
         <w:spacing w:before="7" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atsiradusių</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sveikatos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sutrikimų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -6756,53 +6733,53 @@
         </w:rPr>
         <w:t>tvarkaraštyje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="65"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nustatytu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>laikotarpiu).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6DABF583" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1253"/>
         </w:tabs>
         <w:spacing w:before="8" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6827,55 +6804,53 @@
           <w:spacing w:val="53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarkos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="53"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>8.1.1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>papunktyje</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nustatytą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="51"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>praleistų</w:t>
       </w:r>
       <w:r>
@@ -7190,53 +7165,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>klasės</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vadovu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sutartu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>būdu).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="78F697ED" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1310"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="260" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Mokinys,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>po</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7502,72 +7477,70 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>fizinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ugdymo mokytojui </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atneša:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="272F4A52" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1498"/>
         </w:tabs>
         <w:spacing w:line="258" w:lineRule="auto"/>
         <w:ind w:left="107" w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>išrašą</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>kopiją</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
@@ -7903,53 +7876,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įtvarai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pan.);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="5C4302EE" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="258" w:lineRule="auto"/>
         <w:ind w:left="107" w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -8083,53 +8056,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="39"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pats</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>fizinio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ugdymo mokytojas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="11D447D2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1406"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarkos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -8214,63 +8187,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atvejais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nepateikus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="69"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pateisinamo</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">  dokumento</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  dokumento </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iki  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>einamo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -8313,82 +8281,80 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarkos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>8.1.  punkte</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="17D3F139" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="258" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="38D9D872" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="56" w:line="258" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>nustatytą</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dienų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>skaičių,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="23"/>
         </w:rPr>
@@ -8496,184 +8462,182 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>laikomos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="103"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nepateisintomis.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="185164DC" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="19" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0596FE6D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:ind w:left="220" w:right="236"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0CAB5F69" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:before="21"/>
         <w:ind w:left="409" w:right="424"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ATSAKINGI </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ASMENYS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IR JŲ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>FUNKCIJOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="25780162" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="19" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="07D9D5F6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:ind w:firstLine="852"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atsakomybė:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4AF1EB2D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1488"/>
         </w:tabs>
         <w:spacing w:before="24" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="118" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pagrindinė</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ugdymo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -8976,90 +8940,90 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atitinkamo(-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="113"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ų ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dalyko(-ų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ) pamokų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3DD7E8A7" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:ind w:left="1499" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pasirengimas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>standartizuotiems</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> testams;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1F051733" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1490"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>−</w:t>
       </w:r>
       <w:r>
@@ -9318,53 +9282,53 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">dieną </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sugrįžęs į </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Prog</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>imnaziją;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2157D2C6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1507"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>−</w:t>
       </w:r>
       <w:r>
@@ -9670,53 +9634,53 @@
         </w:rPr>
         <w:t>mokytojams,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">gauna </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">iš jų užduotis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>savarankiškam</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> darbui;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="413DC834" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1529"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>blogai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="28"/>
         </w:rPr>
@@ -10148,53 +10112,53 @@
         <w:t xml:space="preserve"> mokinio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>grįžimu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>namo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="7A36374C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1502"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dėl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -10292,53 +10256,53 @@
         </w:rPr>
         <w:t>paaiškinimą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="85"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>(3</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priedas);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0CF45899" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1601"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Jei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="41"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokinys</w:t>
@@ -11235,53 +11199,53 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="41"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>eigą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="14F78DF9" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1531"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Mokinys,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11489,58 +11453,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamokos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>praleistos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dėl</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ligos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
@@ -11600,82 +11562,82 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>galimybes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> konsultuoja mokinius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="780E3942" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:ind w:left="1319"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Mokinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Tėvai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="54B794D5" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1553"/>
         </w:tabs>
         <w:spacing w:before="31" w:line="269" w:lineRule="auto"/>
         <w:ind w:right="126" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atsako</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -11788,53 +11750,53 @@
         </w:rPr>
         <w:t>bei</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>operatyviai</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sprendžia</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokinio lankomumo ir ugdymo (-si) klausimus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="21D592F6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>12.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ne</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -12273,53 +12235,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>žinute,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rašytiniu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pranešimu);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1973AA35" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1488"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>esant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12711,53 +12673,53 @@
         </w:rPr>
         <w:t>pamokoje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="111"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nedalyvaus,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mokytoją;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="055567A2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1512"/>
         </w:tabs>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -12867,130 +12829,121 @@
         </w:rPr>
         <w:t>medicinos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> įstaigos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>siuntimą</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sanatoriniam</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gydymui;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="3875640E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="0A8C3B64" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="3" w:line="120" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="40CF17B0" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="63CC82CB" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-        <w:t>:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>tvarkos:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="37C28701" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="650"/>
         </w:tabs>
         <w:spacing w:before="56"/>
         <w:ind w:left="649" w:hanging="610"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>praleistas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mokinio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamokas</w:t>
@@ -13037,62 +12990,62 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nustatytos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="3CC2025C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="1" w:line="340" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="34"/>
           <w:szCs w:val="34"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="79E16AD2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="751"/>
         </w:tabs>
         <w:ind w:hanging="68"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gali</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -13213,83 +13166,80 @@
       <w:r>
         <w:t>dienas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mėnesį,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="57CBED9A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1296" w:equalWidth="0">
             <w:col w:w="880" w:space="40"/>
             <w:col w:w="8970"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="45671BC4" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="31" w:line="269" w:lineRule="auto"/>
         <w:ind w:right="164" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
         <w:t>praleistas</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dėl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>itin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
@@ -13400,53 +13350,53 @@
         </w:rPr>
         <w:t>atskiras</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Tėvų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="115"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>paaiškinimas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1FA0FA7C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1670"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>privalo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -13768,52 +13718,50 @@
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pranešimu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD208D">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priedas</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pirmąją</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -13831,53 +13779,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>grįžus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> į </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ugdymo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>procesą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="7DB61713" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1771"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>po</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokinio</w:t>
@@ -14101,53 +14049,53 @@
         </w:rPr>
         <w:t>faktą</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pagrindžiantį</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>išrašą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4DA01E4D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1510"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>kylant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>lankomumo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -14440,53 +14388,53 @@
         </w:rPr>
         <w:t>koreguoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>elgesį;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="12B7471E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1558"/>
         </w:tabs>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>reguliariai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -14614,53 +14562,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pavėlavimų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> į </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamokas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>skaičiumi);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1C3006E5" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atsako</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -14878,53 +14826,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>elektroniniame</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="83"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dienyne;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="79852D1F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:ind w:right="118" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pagal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -15007,53 +14955,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="71"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">kitų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>reikalų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>tvarkymo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0520E55E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1618"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>esant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -15595,87 +15543,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> praleistą </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">kursą mokytojo nustatytu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>laiku,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vadovaujantis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> protingumo principu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="5A0BF83A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:ind w:left="1619" w:hanging="660"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atostogauja</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> su mokiniu tik mokinių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atostogų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> metu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="183EA1F0" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1656"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>esant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -15830,108 +15778,224 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ugdymo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>proceso</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dienų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> per mokslo metus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="35D73800" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1619" w:hanging="660"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">šia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>informuojami, kad:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="1C8C1A3D" w14:textId="5FA0AA17" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...6 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="77441F63" wp14:editId="703C9803">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3316605</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>318770</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="38100" cy="7620"/>
+                <wp:effectExtent l="11430" t="3175" r="7620" b="8255"/>
+                <wp:wrapNone/>
+                <wp:docPr id="38" name="Group 39"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="38100" cy="7620"/>
+                          <a:chOff x="5223" y="502"/>
+                          <a:chExt cx="60" cy="12"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="39" name="Freeform 40"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5223" y="502"/>
+                            <a:ext cx="60" cy="12"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 5223 5223"/>
+                              <a:gd name="T1" fmla="*/ T0 w 60"/>
+                              <a:gd name="T2" fmla="+- 0 508 502"/>
+                              <a:gd name="T3" fmla="*/ 508 h 12"/>
+                              <a:gd name="T4" fmla="+- 0 5283 5223"/>
+                              <a:gd name="T5" fmla="*/ T4 w 60"/>
+                              <a:gd name="T6" fmla="+- 0 508 502"/>
+                              <a:gd name="T7" fmla="*/ 508 h 12"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="T3"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T5" y="T7"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="60" h="12">
+                                <a:moveTo>
+                                  <a:pt x="0" y="6"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="60" y="6"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="8890">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5D62F451" id="Group 39" o:spid="_x0000_s1026" style="position:absolute;margin-left:261.15pt;margin-top:25.1pt;width:3pt;height:.6pt;z-index:-251667456;mso-position-horizontal-relative:page" coordorigin="5223,502" coordsize="60,12" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZSoBOKAMAAIsHAAAOAAAAZHJzL2Uyb0RvYy54bWykVclu2zAQvRfoPxA8tmi0eBciB0U2FEjb&#10;AHE/gKaoBZVIlaQtp1/f4SJZcZIWSH0QKM/TzJs3C88vDk2N9kyqSvAUR2chRoxTkVW8SPGPzc2n&#10;JUZKE56RWnCW4kem8MX6/bvzrk1YLEpRZ0wicMJV0rUpLrVukyBQtGQNUWeiZRyMuZAN0fAqiyCT&#10;pAPvTR3EYTgPOiGzVgrKlIJ/r5wRr63/PGdUf89zxTSqUwzctH1K+9yaZ7A+J0khSVtW1NMgb2DR&#10;kIpD0MHVFdEE7WT1zFVTUSmUyPUZFU0g8ryizOYA2UThSTa3Uuxam0uRdEU7yATSnuj0Zrf02/5e&#10;oipL8QQqxUkDNbJh0WRlxOnaIgHMrWwf2nvpMoTjnaA/FZiDU7t5LxwYbbuvIgN/ZKeFFeeQy8a4&#10;gLTRwdbgcagBO2hE4c/JMgqhUBQsi3nsC0RLqKL5ZBbHE4zANgtjVztaXvsv5/6zyFoCkrhwlqKn&#10;ZPKBPlNHKdX/SflQkpbZCikjUy/lqpfyRjJmmhdNbSYmOsB6KdVYx5HFwBTI/U8Fn8vRy/iKGCSh&#10;O6VvmbB1IPs7pd0EZHCy1c18E2xAzbypYRg+fkIhMpHsw0/MAIt62IcAbULUIYjsXfae4h7iPIVL&#10;NFSvGPxAWV048DMDSIlcHWGkBsy0x3hKy5cpzXqYoTR9kdK8h/yN0qIHnVCC1ip6vUjZS0gP3GsI&#10;J0TM/gtt17dCmdbdgFLQuJuJkQdcAMoI/goYcjDgxRjsPvJBJKy206UmMYKltnX6t0QbbiaGOaIu&#10;xaYpStjSseXViD3bCGvXx3Gc+4hHa83HKOMDmPUwZwRmJobNa4hr6I6ajYubqq5ta9TcsFkuV04g&#10;JeoqM0bDRclie1lLtCdmY9ufZ/QEBpuRZ9ZZyUh27c+aVLU7Q/Aa9IXhd6PkJn8rskcYKyncPQD3&#10;FhxKIX9j1MEdkGL1a0ckw6j+wmEzrKIpzC3S9mU6W8A6QnJs2Y4thFNwlWKNofrmeKndRbNrZVWU&#10;ECmyunPxGRZiXpnJs/wcK/8Cy8me7MaH05MrZfxuUcc7dP0HAAD//wMAUEsDBBQABgAIAAAAIQBq&#10;kwLe3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3WRrpMRsSinqqQi2&#10;gnjbZqdJaHY2ZLdJ+u8dT3p7M+/x5ptiPbtOjDiE1pOGdJGAQKq8banW8Hl4fViBCNGQNZ0n1HDF&#10;AOvy9qYwufUTfeC4j7XgEgq50dDE2OdShqpBZ8LC90jsnfzgTORxqKUdzMTlrpMqSZ6kMy3xhcb0&#10;uG2wOu8vTsPbZKbNMn0Zd+fT9vp9yN6/dilqfX83b55BRJzjXxh+8RkdSmY6+gvZIDoNmVJLjrJI&#10;FAgOZGrFiyOL9BFkWcj/H5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABlKgE4oAwAA&#10;iwcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGqTAt7f&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAggUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACO&#10;BgAAAAA=&#10;">
+                <v:shape id="Freeform 40" o:spid="_x0000_s1027" style="position:absolute;left:5223;top:502;width:60;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="60,12" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA7DBuaxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9iG5MscToKiKY2qOxoN4e2WcSzL4N2a2m/74rFDwOM/MNs1j1phE36lxtWcFkHIEg&#10;LqyuuVTwfdiOEhDOI2tsLJOCX3KwWr4MFphqe+c93XJfigBhl6KCyvs2ldIVFRl0Y9sSB+9iO4M+&#10;yK6UusN7gJtGxlH0IQ3WHBYqbGlTUXHNf4yCLE/i4WR4mn4l5+NnlB3i6TaLlXp77ddzEJ56/wz/&#10;t3dawfsMHl/CD5DLPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA7DBuaxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,6r60,e" filled="f" strokeweight=".7pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,508;60,508" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t>už</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t>piktnaudžiavimą</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvų</w:t>
       </w:r>
@@ -16235,53 +16299,53 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve">LR </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">ANK) </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t>80 str.</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t>1-3 d.;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="45D75F84" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1826"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvams</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -16646,53 +16710,53 @@
       <w:r>
         <w:t xml:space="preserve"> kokybės ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>regioninės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">politikos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>departamentą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="72781E1F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:ind w:left="1319"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Pradinio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -16703,53 +16767,53 @@
       <w:r>
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dalykų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mokytojai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="05287CEF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1502"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atsakingi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -16955,75 +17019,73 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="45"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ją</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="49"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vėlavusius</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokinius);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="7D4D7F10" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1534"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pastebėję</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>problemas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="33"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dėl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="33"/>
         </w:rPr>
@@ -17341,96 +17403,96 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>elektroniniame</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="89"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dienyne.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="21108964" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="12738F7B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:spacing w:before="56"/>
         <w:ind w:left="1319"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Klasės</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vadovas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="76542677" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1541"/>
         </w:tabs>
         <w:spacing w:before="31" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>koordinuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="39"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -17609,53 +17671,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>elektroninio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pašto/ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>elektroninio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dienyno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> žinutes;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="155499B2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1490"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>bendradarbiauja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>su</w:t>
@@ -17750,53 +17812,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>specialistais</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sprendžia</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> su lankomumu susijusius </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>klausimus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6998FBE2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1522"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="118" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>mokiniui</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>neatvykus</w:t>
@@ -18041,53 +18103,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dalykų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokytojus, socialinį </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pedagogą ar Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>administraciją;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2D03EC1D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1598"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>mokiniui</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="38"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>išvykus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -18182,53 +18244,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pačią</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">dieną </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">informuoja mokinio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0A85D44D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="269" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>mokinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -18332,53 +18394,53 @@
       <w:r>
         <w:t xml:space="preserve"> nuo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>informacijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gavimo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dienos;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4B2E578D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1519"/>
         </w:tabs>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:ind w:right="123" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>ne</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -18497,53 +18559,53 @@
       <w:r>
         <w:t xml:space="preserve">mokinių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>lankomumą kuruojančiam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>direktoriaus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pavaduotojui ugdymui;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4BE1A44C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:line="274" w:lineRule="exact"/>
         <w:ind w:left="1499" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>individualiai dirba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>su</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -18562,53 +18624,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nelankančiais,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vėluojančiais</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mokiniais;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2A68DCEA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1498"/>
         </w:tabs>
         <w:spacing w:before="31" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>informuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -18925,53 +18987,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vėlavimo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežastis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="13EFC6AA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kviečia</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pokalbiui</w:t>
@@ -19198,53 +19260,53 @@
       <w:r>
         <w:t xml:space="preserve"> ar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Vaiko</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gerovės komisijos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>posėdžius;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="70A53070" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1608"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="124" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>klasių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>grupę</w:t>
@@ -19468,53 +19530,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>prevencinio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>poveikio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemones;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0C4019DF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1764"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>prireikus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -19585,75 +19647,73 @@
       <w:r>
         <w:t xml:space="preserve">mokiniams </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ugdymo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>plane nustatyta tvarka;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="122D4A1E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1615"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lankomumo</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rezultatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
@@ -19764,96 +19824,96 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kartus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokslo metus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6E812D06" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:ind w:left="1319"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Švietimo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pagalbos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>specialistai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6CA92DFF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="31"/>
         <w:ind w:firstLine="852"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>bendradarbiauja</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> su</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -19872,53 +19932,53 @@
       <w:r>
         <w:t xml:space="preserve"> mokinių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvais</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir kitomis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įstaigomis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3156825A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="31"/>
         <w:ind w:left="1499" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>aiškinasi,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">vertina </w:t>
       </w:r>
@@ -19934,53 +19994,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sprendžia</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pamokas praleidusių mokinių tokio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>elgesio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežastis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="5ED39421" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1558"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="124" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="57"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -20087,141 +20147,141 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>praleidusiems</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokiniams ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>jų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvams;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="75E6A33B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:ind w:left="1499" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>konsultuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">klasių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vadovus,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dalykų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokytojus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2C110832" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="31"/>
         <w:ind w:left="1499" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t>planuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pagal</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> poreikį) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemones</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokinių lankomumui </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gerinti;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="24742016" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1562"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
@@ -20512,53 +20572,53 @@
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>č</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>iais;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="15FFAF21" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kartu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -20926,85 +20986,85 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>saugumą,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> žalingų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įpročių</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>prevenciją;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0CEE553D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:ind w:left="1499" w:hanging="540"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Socialinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pedagogas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2E48CD3E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1735"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gavęs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="55"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>lankomumo</w:t>
@@ -21138,53 +21198,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dalyko</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokytoju, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>numato</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> veiksmų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>planą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="39F69353" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1714"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>4,</w:t>
@@ -21324,64 +21384,64 @@
         </w:rPr>
         <w:t>kuruojančiu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>direktoriaus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pavaduotoju</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ugdymui;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="437E9BC9" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="00A75CE2">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6B2B568B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1673"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="123" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>inicijuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -21516,72 +21576,70 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>posėdžiuose</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dalyvaujant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvams;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="78A3FB3E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1675"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>dirba</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>individualiai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>su</w:t>
@@ -22099,53 +22157,53 @@
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>psichologo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pagalbą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="45EA7754" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1762"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rengia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -22351,53 +22409,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>amžiaus),</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nelankančius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Progimnazijos;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4EF0AA74" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1687"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rengia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -22762,76 +22820,76 @@
         </w:rPr>
         <w:t>vaikams</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (iki 16 metų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>amžiaus),</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nelankantiems</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokyklos;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="01C81549" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Psichologas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="73E54FA2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1742"/>
         </w:tabs>
         <w:spacing w:before="31" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rekomenduoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>klasės</w:t>
@@ -22911,53 +22969,53 @@
         </w:rPr>
         <w:t>tėvams</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> lankomumo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>problemų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sprendimo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> būdus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3F2CE9F2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1735"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvams</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="55"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -23175,88 +23233,88 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>direktoriaus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pavaduotojas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ugdymui.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3917CFA4" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:ind w:left="1319"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Direktoriaus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pavaduotojas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ugdymui:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6185A18A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1493"/>
         </w:tabs>
         <w:spacing w:before="31" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>analizuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -23612,53 +23670,53 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gerovės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="101"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">komisijos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>veikloje;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="5E93189A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1646"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>mokinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>lankomumą</w:t>
@@ -24050,53 +24108,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">įtraukimą </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">į pagalbos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vaikui</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> teikimo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>procesą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4C23B43F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1625"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>organizuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -24203,53 +24261,53 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mokiniais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ir jų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvais;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="10C6A8BC" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1498"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1497" w:hanging="538"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>prireikus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -24292,75 +24350,73 @@
         </w:rPr>
         <w:t>pasitarimus,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>svarstymus,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pokalbius;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3043F197" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1579"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gali</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>siūlyti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
@@ -24594,89 +24650,89 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nutraukti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mokymo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sutartį).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3997F7A9" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:ind w:left="1319"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Vaiko </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gerovės</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>komisija:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1604E504" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1490"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rūpinasi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -24924,53 +24980,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mokinio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gerove susijusias</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>funkcijas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="54D27D07" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1584"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>organizuoja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ir</w:t>
@@ -25095,53 +25151,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>teikimo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>formos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>būdų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2A1366B0" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1550"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>renkasi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -25242,53 +25298,53 @@
       <w:r>
         <w:t>mokinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>problemų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sprendimo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="45572C0E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1505"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="269" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>teikia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -25398,53 +25454,53 @@
         </w:rPr>
         <w:t>prevencinio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>poveikio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemonių</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> taikymo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3C41DED1" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1577"/>
         </w:tabs>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>teisės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -25638,76 +25694,74 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="37"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="37"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>panaikinimą,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="460DC793" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="00A75CE2">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="19AE2F77" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="56" w:line="267" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>teikia</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>siūlymus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>savivaldybės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
         </w:rPr>
@@ -25791,53 +25845,53 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežiūros</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="105"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemonių</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> tobulinimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4A5FB2A2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:spacing w:before="4"/>
         <w:ind w:left="1319"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -25848,103 +25902,103 @@
         </w:rPr>
         <w:t>administracija</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir / ar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> vaiko </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gerovės</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> komisija:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="5454D8DA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="31"/>
         <w:ind w:firstLine="852"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>užtikrina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>švietimo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pagalbos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>teikimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="56100187" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1577"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>siekdama</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -26294,53 +26348,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>socialiniais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="89"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>partneriais;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3F178C2F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:ind w:left="1499" w:hanging="540"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">organizuoja </w:t>
       </w:r>
       <w:r>
         <w:t>posėdžius, skirtus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -26356,53 +26410,53 @@
         </w:rPr>
         <w:t>jų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvams,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nesilaikantiems</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> šios tvarkos;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0569AF62" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1512"/>
         </w:tabs>
         <w:spacing w:before="31" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazija,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -27100,53 +27154,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atsakomybės</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> taikymo) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemonių</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> taikymo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="427A00F1" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1584"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -27739,80 +27793,80 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nelankančio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokinio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>galimybes</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokytis kitoje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> įstaigoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="5D82FC2F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="14" w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="051180BA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:ind w:left="220" w:right="236"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>IV</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0B841765" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:before="33" w:line="258" w:lineRule="auto"/>
         <w:ind w:left="220" w:right="237"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PREVENCINIO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -27885,62 +27939,62 @@
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NELANKYMUI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="53"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MAŽINTI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="65823D87" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="8" w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="507F5AF4" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1339"/>
         </w:tabs>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Mokiniui</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>už</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -28041,72 +28095,70 @@
         </w:rPr>
         <w:t>prevencinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="81"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>poveikio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemonės:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="40D12698" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1505"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>mokiniui</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mėnesį</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="6"/>
         </w:rPr>
@@ -28829,53 +28881,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>(3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="75"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priedas);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="32C27AE6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1522"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="268" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>jei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokinys</w:t>
@@ -29258,102 +29310,102 @@
       <w:r>
         <w:t>prevencinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="60"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>poveikio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemones:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="69F18FAF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:ind w:firstLine="852"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">mokinys </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>raštu</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>paaiškina pamokų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> praleidimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežastis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="73222D60" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1781"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>socialinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -29451,53 +29503,53 @@
         </w:rPr>
         <w:t>pranešimu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>arba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>telefonu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="01339EEF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1742"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>socialinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -29691,69 +29743,67 @@
         </w:rPr>
         <w:t>pareikšti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="109"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pastabą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>raštu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3464EF65" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1526"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>mokiniui</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pakartotinai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:r>
@@ -29921,64 +29971,64 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>klasės</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vadovui</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvams.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="1F40D4DB" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="00A75CE2">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="15328866" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1687"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>klasės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
@@ -30110,155 +30160,155 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nelankymo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežastis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir taikytas poveikio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemones;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4EA7810A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1679" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">socialinis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pedagogas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>informuoja apie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> taikytas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>poveikio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priemones;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0B0E45E0" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1500"/>
         </w:tabs>
         <w:spacing w:before="21"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įvertinusi</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>situaciją,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Vaiko</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gerovės</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> komisija:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3D9B4717" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1812"/>
         </w:tabs>
         <w:spacing w:before="21" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>mokiniui,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -30374,72 +30424,70 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>papeikimą,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>griežtą</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>papeikimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="09031759" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1762"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="124" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>pirmą</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kartą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>aptariant</w:t>
       </w:r>
       <w:r>
@@ -30748,53 +30796,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pagalbos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>teikimo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rekomendacijas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="56A36A94" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1745"/>
         </w:tabs>
         <w:spacing w:line="258" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>apie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -31042,53 +31090,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Klaipėdos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> miesto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>teritorinio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>padalinio;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="563C80E9" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1679" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">mokiniui, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>turinčiam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
@@ -31107,75 +31155,73 @@
       <w:r>
         <w:t xml:space="preserve"> kitą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokymosi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įstaigą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6A2A5FFB" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1685"/>
         </w:tabs>
         <w:spacing w:before="21" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ypatingais</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>atvejais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>priima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -31493,53 +31539,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>reikalingi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="99"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dokumentai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="76B10B41" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1766"/>
         </w:tabs>
         <w:spacing w:line="267" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>mokiniui,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -31973,53 +32019,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežiūros</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="54"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>priemonių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="83"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>taikymo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0109AC1C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1668"/>
         </w:tabs>
         <w:spacing w:before="3" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>siūlyti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
@@ -32153,75 +32199,73 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>metų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vyresniu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokiniu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6B1C6C6F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1740"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="269" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atskirais</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> atvejais siūloma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokinį</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>perkelti</w:t>
       </w:r>
       <w:r>
@@ -32290,100 +32334,100 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">skyriaus 29 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>straipsnio</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> 9 ir 10 punktais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3C78DC5B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="1319"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Mokiniai,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nepraleidę</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamokų,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gali būti skatinami:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="03AA6202" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1498"/>
         </w:tabs>
         <w:spacing w:before="33" w:line="267" w:lineRule="auto"/>
         <w:ind w:right="117" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>mokiniui,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>per</w:t>
@@ -32721,74 +32765,69 @@
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="127"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>interneto</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>svetainėje;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3A7E9D20" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1519"/>
         </w:tabs>
         <w:spacing w:line="268" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>,</w:t>
+      <w:r>
+        <w:t>mokiniui,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>per</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mokslo</w:t>
       </w:r>
@@ -33137,101 +33176,101 @@
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>informuojant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mokinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="265EA985" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="4" w:line="140" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="189A2571" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6C9B1685" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917" w:rsidP="002B0114">
+    <w:p w14:paraId="14BBEE8B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917" w:rsidP="002B0114">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4518"/>
         </w:tabs>
         <w:ind w:right="18" w:firstLine="1039"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917" w:rsidP="002B0114">
+    <w:p w14:paraId="08BB18A6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917" w:rsidP="002B0114">
       <w:pPr>
         <w:spacing w:before="22" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="410" w:right="424"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKINIŲ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -33379,152 +33418,152 @@
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>TAIKYMO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SISTEMA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="0CAD5D18" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="12" w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="71D90B73" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:ind w:left="1319"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Vėluoti</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> į </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamokas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>draudžiama.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2E9941A6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:spacing w:before="21"/>
         <w:ind w:left="1319"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Pavėlavimu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijoje</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> laikomas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vėlavimas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> į pamoką</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>iki 5 min.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="48785558" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1370"/>
         </w:tabs>
         <w:spacing w:before="21" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="123" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Mokinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vėlavimo</w:t>
@@ -33625,112 +33664,104 @@
         </w:rPr>
         <w:t>elektroniniame</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dienyne</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">raide </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>„p</w:t>
-[...6 lines deleted...]
-        <w:t>“</w:t>
+        <w:t>„p“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>žymi</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kiekvieną</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">mokinio </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">vėlavimą </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">į </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamoką.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4B6EFB37" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1409"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Mokiniui</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="29"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -33840,67 +33871,67 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įrašoma</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ir pastaba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> nurodant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pavėlavimo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>laiką.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="7BA85C8C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="258" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="04F35276" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1370"/>
         </w:tabs>
         <w:spacing w:before="56" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Pavėlavus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
@@ -34364,58 +34395,56 @@
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>klasių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vadovo,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>socialinio</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pedagogo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="95"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r>
@@ -34553,53 +34582,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">žodžiu, pastaba raštu, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įspėjimas,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>papeikimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="05AF260E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1325"/>
         </w:tabs>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:right="119" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Jei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -34867,58 +34896,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vaiko</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="81"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įsipareigojimai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dėl</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="37"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nevėlavimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>į</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="36"/>
         </w:rPr>
@@ -35055,58 +35082,56 @@
           <w:spacing w:val="51"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>priimamas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sprendimas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="51"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>dėl</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>griežto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="51"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>papeikimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="50"/>
         </w:rPr>
@@ -35250,162 +35275,162 @@
         </w:rPr>
         <w:t>socialinę</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>veiklą ar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pan.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="2B538881" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="18" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3EA89727" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4566"/>
         </w:tabs>
         <w:spacing w:line="258" w:lineRule="auto"/>
         <w:ind w:right="3259" w:firstLine="993"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>BAIGIAMOSIOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="64BB8849" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="19" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="09683F8D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1320"/>
         </w:tabs>
         <w:ind w:left="1319"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">skelbiama Progimnazijos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>interneto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>svetainėje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="7F5AAE54" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1354"/>
         </w:tabs>
         <w:spacing w:before="24" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00A47BE1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>8</w:t>
@@ -35566,53 +35591,53 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pakeitimais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– jai </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įsigaliojus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="54DECFDD" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1373"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="120" w:firstLine="852"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Visų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="52"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>klasių</w:t>
@@ -36000,53 +36025,53 @@
       <w:r>
         <w:t>ėvų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>susirinkimų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="71"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>metu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="02D93B2A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1406"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="125" w:firstLine="852"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Klasių</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -36204,53 +36229,53 @@
       <w:r>
         <w:t xml:space="preserve"> jos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pakeitimais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">– jai </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>įsigaliojus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="62BF609F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1346"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="122" w:firstLine="852"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Už</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -36350,53 +36375,53 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pagalbos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>specialistai,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>administracija.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="62EA8D9A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1382"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1382" w:hanging="423"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tvarka</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gali</w:t>
       </w:r>
@@ -36460,1430 +36485,514 @@
       <w:r>
         <w:t xml:space="preserve">inicijavus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Progimnazijos</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>bendruomenės</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="5B47359E" w14:textId="7A55C49E" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="24"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251650048" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B7508FC" wp14:editId="45E19674">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2246630</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>374650</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3352800" cy="1270"/>
+                <wp:effectExtent l="8255" t="12700" r="10795" b="5080"/>
+                <wp:wrapNone/>
+                <wp:docPr id="36" name="Group 37"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3352800" cy="1270"/>
+                          <a:chOff x="3538" y="590"/>
+                          <a:chExt cx="5280" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="37" name="Freeform 38"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3538" y="590"/>
+                            <a:ext cx="5280" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 3538 3538"/>
+                              <a:gd name="T1" fmla="*/ T0 w 5280"/>
+                              <a:gd name="T2" fmla="+- 0 8818 3538"/>
+                              <a:gd name="T3" fmla="*/ T2 w 5280"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5280">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5280" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="9601">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="49E471F4" id="Group 37" o:spid="_x0000_s1026" style="position:absolute;margin-left:176.9pt;margin-top:29.5pt;width:264pt;height:.1pt;z-index:-251666432;mso-position-horizontal-relative:page" coordorigin="3538,590" coordsize="5280,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuqTIX+gIAAPwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKG14zRNatQpht4w&#10;oNsKNPsARZYvmC1pkhKn/fqRkp266YoBXR4EyqQOjw4p5vxi1zZkK4ytlczo5DimREiu8lqWGf25&#10;ujlaUGIdkzlrlBQZfRSWXiw/fjjvdCoSVakmF4YAiLRppzNaOafTKLK8Ei2zx0oLCc5CmZY52Joy&#10;yg3rAL1toiSOT6NOmVwbxYW18PUqOOnS4xeF4O5HUVjhSJNR4Ob8avy6xjVanrO0NExXNe9psHew&#10;aFktIeke6oo5RjamfgXV1twoqwp3zFUbqaKoufB3gNtM4oPb3Bq10f4uZdqVei8TSHug07th+fft&#10;vSF1ntHpKSWStVAjn5ZM5yhOp8sUYm6NftD3JtwQzDvFf1lwR4d+3JchmKy7byoHPLZxyouzK0yL&#10;EHBtsvM1eNzXQOwc4fBxOp0lixhKxcE3SeZ9iXgFdcRD09kUWgp8s7O967o/iyfDwQS5RywNGT3L&#10;nhVeCVrNPqtp/0/Nh4pp4YtkUalBzfmg5o0RAvuXAG8vqA8b1LRjKUceJGlB8X+K+FqPQcm31GAp&#10;31h3K5SvBdveWQe8oHVzsILRN8IK1CzaBh7E5yMSE0zll/7V5EPYZAj7FJFVTDriU/egQ1AyBHms&#10;xWLyd6zpEIZYyQgLqrlnyKqBNN/JnjVYhOHUiX2vaWWxXVbAbWgyQIAgvOEbsZD7MDac6VMYGCeH&#10;g8RQAoNkHSTRzCEzTIEm6aBNsSfxQ6u2YqW8yx10PyR59jZyHBWKOGIV3HACE/ge3ydFrqPKSnVT&#10;N42vQiORytlpPPFUrGrqHJ3IxppyfdkYsmU4Iv2vfzwvwmAUydyDVYLl173tWN0EG5I3oC08tdC4&#10;4Z2tVf4ITWxUGLzwRwFGpcwTJR0M3Yza3xtmBCXNVwnv8GxycoJT2m9OZvMENmbsWY89THKAyqij&#10;UHg0L12Y7Btt6rKCTOG6Un2BCVTU2OaeX2DVb2AUeMuPWLBezPDx3kc9/2kt/wAAAP//AwBQSwME&#10;FAAGAAgAAAAhAKLvPczfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvd&#10;pCESYzalFPVUBFtBvE2z0yQ0uxuy2yT9905P9jhvHu99r1jNphMjDb51VkG8iECQrZxuba3ge//+&#10;lIHwAa3GzllScCEPq/L+rsBcu8l+0bgLteAQ63NU0ITQ51L6qiGDfuF6svw7usFg4HOopR5w4nDT&#10;yWUUPUuDreWGBnvaNFSddmej4GPCaZ3Eb+P2dNxcfvfp5882JqUeH+b1K4hAc/g3wxWf0aFkpoM7&#10;W+1FpyBJE0YPCtIX3sSGLItZOFyFJciykLcLyj8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEALqkyF/oCAAD8BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAou89zN8AAAAJAQAADwAAAAAAAAAAAAAAAABUBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
+                <v:shape id="Freeform 38" o:spid="_x0000_s1027" style="position:absolute;left:3538;top:590;width:5280;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5280,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCweeI8xwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oReSt1oQWt0FSkohSK0toLHZ/aZBLNv092tSfrruwXB4zAz3zDzZWsqcSHnS8sKhoME&#10;BHFmdcm5gq/P9eMzCB+QNVaWSUFHHpaL3t0cU20b/qDLLuQiQtinqKAIoU6l9FlBBv3A1sTRO1ln&#10;METpcqkdNhFuKjlKkrE0WHJcKLCml4Ky8+7HKGi69/3vYfvg2u30mG38d7d5G5ZK3ffb1QxEoDbc&#10;wtf2q1bwNIH/L/EHyMUfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALB54jzHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" path="m,l5280,e" filled="f" strokeweight=".26669mm">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5280,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>nariams</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>nariams.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="55E0E515" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
-[...1132 lines deleted...]
-    <w:p w:rsidR="008A6341" w:rsidRDefault="008A6341">
+    <w:p w14:paraId="69CADA2D" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="2620DEF2" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="5615A149" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="16D95047" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="29E976B5" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="7C7BB918" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="3178C887" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="01B1B1CC" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="18FE8EEB" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341"/>
+    <w:p w14:paraId="78BD7C80" w14:textId="77777777" w:rsidR="008A6341" w:rsidRDefault="008A6341">
       <w:pPr>
         <w:sectPr w:rsidR="008A6341">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="185E3503" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="10" w:line="160" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="712466F7" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="1C8EF862" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="33DB9BBF" w14:textId="14276B4C" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="69"/>
         <w:ind w:firstLine="2827"/>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...6 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BAA5BDA" wp14:editId="30A063F5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>2490470</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8255</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3292475" cy="1270"/>
+                <wp:effectExtent l="13970" t="8255" r="8255" b="9525"/>
+                <wp:wrapNone/>
+                <wp:docPr id="34" name="Group 23"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3292475" cy="1270"/>
+                          <a:chOff x="3922" y="13"/>
+                          <a:chExt cx="5185" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="35" name="Freeform 24"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3922" y="13"/>
+                            <a:ext cx="5185" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 3922 3922"/>
+                              <a:gd name="T1" fmla="*/ T0 w 5185"/>
+                              <a:gd name="T2" fmla="+- 0 9107 3922"/>
+                              <a:gd name="T3" fmla="*/ T2 w 5185"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="5185">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5185" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="8890">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="208A98A7" id="Group 23" o:spid="_x0000_s1026" style="position:absolute;margin-left:196.1pt;margin-top:.65pt;width:259.25pt;height:.1pt;z-index:-251659264;mso-position-horizontal-relative:page" coordorigin="3922,13" coordsize="5185,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHm3OZ/AIAAPoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtuGyEQfa/Uf0A8tkr2Yqe2V1lHVRJH&#10;ldI2UtwPwCx7UVmggL1Ov74D7Nobp1Gl1A9o2BnOHM4M48urfcvRjmnTSJHj5DzGiAkqi0ZUOf6x&#10;Xp3NMTKWiIJwKViOn5jBV8v37y47lbFU1pIXTCMAESbrVI5ra1UWRYbWrCXmXComwFlK3RILW11F&#10;hSYdoLc8SuP4U9RJXSgtKTMGvt4EJ156/LJk1H4vS8Ms4jkGbtav2q8bt0bLS5JVmqi6oT0N8gYW&#10;LWkEJD1A3RBL0FY3L6DahmppZGnPqWwjWZYNZf4OcJskPrnNnZZb5e9SZV2lDjKBtCc6vRmWfts9&#10;aNQUOZ5MMRKkhRr5tCidOHE6VWUQc6fVo3rQ4YZg3kv604A7OvW7fRWC0ab7KgvAI1srvTj7UrcO&#10;Aq6N9r4GT4casL1FFD5O0kU6nV1gRMGXpLO+RLSGOrpDk0WaYuR8nh/JaH3bH71I5v251FGPSBYS&#10;epI9KXcj6DRzFNP8n5iPNVHM18g4oQYxgUgQc6UZc+2L0mnQ04cNYpqxkiOPI2lA8H9q+EKOQcfX&#10;xADBtsbeMekrQXb3xoY3UIDl61v0zNfwXsqWw3P4eIZi5DL5pX8zh7BkCPsQoXWMOuRT96ADFtRs&#10;hLVI4tlfsSZDmMNKR1hQzGpgSOqBNN2LnjVYiLiZE/tOU9K4ZlkDt6HFAAGC3A1fiYXcp7HhTJ9C&#10;wzA5HSMaIxgjmyCJItYxcymciboceynch1bu2Fp6lz3pfUhy9HIxjgpFHLEKbjjhEvgWPyR1XEeV&#10;FXLVcO6rwIWjMp8vgjZG8qZwTsfG6GpzzTXaETcg/a9/O8/CYBCJwoPVjBS3vW1Jw4MNyTloCy8t&#10;9G14ZhtZPEEPaxnGLvxNgFFL/RujDkZujs2vLdEMI/5FwDNcJNOpm9F+M72YpbDRY89m7CGCAlSO&#10;LYbCO/Pahrm+VbqpasiU+FYQ8jPMn7Jxbe75BVb9BiaBt/yABevZBB/vfdTxL2v5BwAA//8DAFBL&#10;AwQUAAYACAAAACEA1HUs3t0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyOTUvDQBRF94L/YXiC&#10;Ozv5oGrTTEop6qoIbQXpbpp5TUIzb0JmmqT/3udKl5dzuffkq8m2YsDeN44UxLMIBFLpTEOVgq/D&#10;+9MrCB80Gd06QgU39LAq7u9ynRk30g6HfagEj5DPtII6hC6T0pc1Wu1nrkNidna91YFjX0nT65HH&#10;bSuTKHqWVjfED7XucFNjedlfrYKPUY/rNH4btpfz5nY8zD+/tzEq9fgwrZcgAk7hrwy/+qwOBTud&#10;3JWMF62CdJEkXGWQgmC+iKMXECfOc5BFLv/7Fz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAR5tzmfwCAAD6BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA1HUs3t0AAAAHAQAADwAAAAAAAAAAAAAAAABWBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
+                <v:shape id="Freeform 24" o:spid="_x0000_s1027" style="position:absolute;left:3922;top:13;width:5185;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="5185,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDCA0J6wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8Mw&#10;EITvhfwHsYHcGjmPhtSNEkLAoaeWvHperK1kYq2MpTjOv68KhR6HmfmGWW16V4uO2lB5VjAZZyCI&#10;S68rNgrOp+J5CSJEZI21Z1LwoACb9eBphbn2dz5Qd4xGJAiHHBXYGJtcylBachjGviFO3rdvHcYk&#10;WyN1i/cEd7WcZtlCOqw4LVhsaGepvB5vToFZXuSH21kzP79+6aK4fO7n006p0bDfvoGI1Mf/8F/7&#10;XSuYvcDvl/QD5PoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwgNCesMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l5185,e" filled="f" strokeweight=".7pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;5185,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvų</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>(globėjų,</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> rūpintojų)</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vardas,</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> pavardė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="0AF2C78E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A47BE1">
+    <w:p w14:paraId="1EDE4BE9" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A47BE1">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:line="271" w:lineRule="auto"/>
         <w:ind w:right="5469" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Klaipėdos </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Klaipėdos ,,Pajūrio</w:t>
+      </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pro</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>gimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>direktorei</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="5112DB65" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="1" w:line="150" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="5B77A2E8" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="17B189BB" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="10FD908C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:ind w:left="218" w:right="237"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>INFORMACIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6A9EF484" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:before="36"/>
         <w:ind w:left="407" w:right="424"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DĖL </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -37893,450 +37002,950 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NEDALYVAVIMO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> PAMOKOSE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6F176BDA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="5" w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="70918CB8" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="1AD058DF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="45EE1763" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="5A040987" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="67EE74B4" w14:textId="7D82BD9D" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
         <w:spacing w:before="73"/>
         <w:ind w:left="408" w:right="424"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...6 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="219268CE" wp14:editId="427AD679">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3547110</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>10160</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1181735" cy="1270"/>
+                <wp:effectExtent l="13335" t="11430" r="5080" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="32" name="Group 21"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1181735" cy="1270"/>
+                          <a:chOff x="5586" y="16"/>
+                          <a:chExt cx="1861" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="33" name="Freeform 22"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5586" y="16"/>
+                            <a:ext cx="1861" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 5586 5586"/>
+                              <a:gd name="T1" fmla="*/ T0 w 1861"/>
+                              <a:gd name="T2" fmla="+- 0 7446 5586"/>
+                              <a:gd name="T3" fmla="*/ T2 w 1861"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1861">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1860" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="8890">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="08A32EFD" id="Group 21" o:spid="_x0000_s1026" style="position:absolute;margin-left:279.3pt;margin-top:.8pt;width:93.05pt;height:.1pt;z-index:-251658240;mso-position-horizontal-relative:page" coordorigin="5586,16" coordsize="1861,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAglKBG/QIAAPoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGF17KZJatQpht4w&#10;oNsKNPsARZYvmC1pkhKn+/qRkp246YoBXR4EyqQOycNLLi53bUO2wthayYzGJxNKhOQqr2WZ0R+r&#10;208LSqxjMmeNkiKjT8LSy+X7dxedTkWiKtXkwhAAkTbtdEYr53QaRZZXomX2RGkhQVko0zIHV1NG&#10;uWEdoLdNlEwms6hTJtdGcWEtfL0OSrr0+EUhuPteFFY40mQUYnP+NP5c4xktL1haGqarmvdhsDdE&#10;0bJagtM91DVzjGxM/QKqrblRVhXuhKs2UkVRc+FzgGziyVE2d0ZttM+lTLtS72kCao94ejMs/7Z9&#10;MKTOM3qaUCJZCzXybkkSIzmdLlOwuTP6UT+YkCGI94r/tKCOjvV4L4MxWXdfVQ54bOOUJ2dXmBYh&#10;IG2y8zV42tdA7Bzh8DGOF/H89IwSDro4mfcl4hXUER+dnS1mlKBuForHq5vh6WIWh3cJqiKWBoc+&#10;yD4ozAg6zR7ItP9H5mPFtPA1skjUQObpQOatEQLblyQ+KPQOZgOZdszkSINmFgj/J4cv6Njz+AoZ&#10;LOUb6+6E8pVg23vrwgzkIPn65n0brGBeiraBcfj4iUwIevJHPzN7M+A8mH2IyGpCOhKj6x50wILm&#10;GmHNp9O/YwFtB6xkhAXFLIcIWTUEzXeyjxokwnDnTHynaWWxWVYQ29BigABGmOErtuD72Da86V0Y&#10;WCbHa8RQAmtkHbLVzGFk6AJF0kGTIhX4oVVbsVJe5Y56H5wctI0cW8FzKMIoqqCGF+jAt/jeKcY6&#10;qqxUt3XT+Co0EkNZLM4DN1Y1dY5KjMaacn3VGLJluCD9r5+dZ2awiGTuwSrB8ptedqxuggzOG+AW&#10;Ji30bRiztcqfoIeNCmsX/iZAqJT5TUkHKzej9teGGUFJ80XCGJ7H0ynuaH+Zns0TuJixZj3WMMkB&#10;KqOOQuFRvHJhr2+0qcsKPAXmpfoM+6eosc19fCGq/gKbwEt+wYL0bIOP797q8Je1/AMAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAPNGxZjdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjkFLw0AQhe+C/2EZ&#10;wZvdRJs2pNmUUtRTEWwF6W2anSah2d2Q3Sbpv3c86Wl4fI83X76eTCsG6n3jrIJ4FoEgWzrd2ErB&#10;1+HtKQXhA1qNrbOk4EYe1sX9XY6ZdqP9pGEfKsEj1meooA6hy6T0ZU0G/cx1ZJmdXW8wcOwrqXsc&#10;edy08jmKFtJgY/lDjR1tayov+6tR8D7iuHmJX4fd5by9HQ/Jx/cuJqUeH6bNCkSgKfyV4Vef1aFg&#10;p5O7Wu1FqyBJ0gVXGfBhvpzPlyBOnFOQRS7/+xc/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhACCUoEb9AgAA+gYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAPNGxZjdAAAABwEAAA8AAAAAAAAAAAAAAAAAVwUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABhBgAAAAA=&#10;">
+                <v:shape id="Freeform 22" o:spid="_x0000_s1027" style="position:absolute;left:5586;top:16;width:1861;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1861,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDBPeYhwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgbyD2EBuiZyGmuJGNiGtQy49xGnvi7W1Ta2VsVT/vH1UKOQ4zDczzCGbTCsG6l1jWcFuG4Eg&#10;Lq1uuFLwecs3LyCcR9bYWiYFMznI0uXigIm2I19pKHwlQgm7BBXU3neJlK6syaDb2o44eN+2N+iD&#10;7CupexxDuWnlUxTF0mDDYaHGjk41lT/Fr1GQU1e85bONn8vAfb0fP87FzSu1Xk3HVxCeJv+A/9MX&#10;rWC/h78v4QfI9A4AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDBPeYhwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l1860,e" filled="f" strokeweight=".7pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1860,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>(data)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4200167A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="30"/>
         <w:ind w:left="409" w:right="424" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Klaipėda</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="186B0E2E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="6" w:line="190" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="5E0BB59A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="0242CC4F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="57A4B3BC" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
-          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:headerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="3180" w:right="440" w:bottom="280" w:left="1580" w:header="1165" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:start="2"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6490269D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="69"/>
         <w:ind w:left="1007" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Informuoju,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kad</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> mano sūnus/dukra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0926346C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:before="2" w:line="180" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="column"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="19B5CF7B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6EE556A8" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:ind w:left="752"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...15 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>(vardas,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pavardė,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>klasė)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6F3A54FA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:num="2" w:space="1296" w:equalWidth="0">
             <w:col w:w="4501" w:space="40"/>
             <w:col w:w="5349"/>
           </w:cols>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="2BDAF508" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6643"/>
           <w:tab w:val="left" w:pos="9235"/>
         </w:tabs>
         <w:spacing w:before="30"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...4 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
         <w:t>nedalyvaus</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">pamokose </w:t>
       </w:r>
       <w:r>
         <w:t>nuo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>iki</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="09F6F147" w14:textId="1E1F2A53" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9721"/>
         </w:tabs>
         <w:spacing w:before="39" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="4188" w:right="164" w:hanging="4081"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...35 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08CB5991" wp14:editId="12428CC5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1062990</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>581025</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6093460" cy="17145"/>
+                <wp:effectExtent l="5715" t="6350" r="6350" b="5080"/>
+                <wp:wrapNone/>
+                <wp:docPr id="27" name="Group 16"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6093460" cy="17145"/>
+                          <a:chOff x="1674" y="915"/>
+                          <a:chExt cx="9596" cy="27"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wpg:grpSp>
+                        <wpg:cNvPr id="28" name="Group 19"/>
+                        <wpg:cNvGrpSpPr>
+                          <a:grpSpLocks/>
+                        </wpg:cNvGrpSpPr>
+                        <wpg:grpSpPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1688" y="928"/>
+                            <a:ext cx="7778" cy="2"/>
+                            <a:chOff x="1688" y="928"/>
+                            <a:chExt cx="7778" cy="2"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wps:wsp>
+                          <wps:cNvPr id="29" name="Freeform 20"/>
+                          <wps:cNvSpPr>
+                            <a:spLocks/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="1688" y="928"/>
+                              <a:ext cx="7778" cy="2"/>
+                            </a:xfrm>
+                            <a:custGeom>
+                              <a:avLst/>
+                              <a:gdLst>
+                                <a:gd name="T0" fmla="+- 0 1688 1688"/>
+                                <a:gd name="T1" fmla="*/ T0 w 7778"/>
+                                <a:gd name="T2" fmla="+- 0 9465 1688"/>
+                                <a:gd name="T3" fmla="*/ T2 w 7778"/>
+                              </a:gdLst>
+                              <a:ahLst/>
+                              <a:cxnLst>
+                                <a:cxn ang="0">
+                                  <a:pos x="T1" y="0"/>
+                                </a:cxn>
+                                <a:cxn ang="0">
+                                  <a:pos x="T3" y="0"/>
+                                </a:cxn>
+                              </a:cxnLst>
+                              <a:rect l="0" t="0" r="r" b="b"/>
+                              <a:pathLst>
+                                <a:path w="7778">
+                                  <a:moveTo>
+                                    <a:pt x="0" y="0"/>
+                                  </a:moveTo>
+                                  <a:lnTo>
+                                    <a:pt x="7777" y="0"/>
+                                  </a:lnTo>
+                                </a:path>
+                              </a:pathLst>
+                            </a:custGeom>
+                            <a:noFill/>
+                            <a:ln w="16790">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </wps:spPr>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                      </wpg:grpSp>
+                      <wpg:grpSp>
+                        <wpg:cNvPr id="30" name="Group 17"/>
+                        <wpg:cNvGrpSpPr>
+                          <a:grpSpLocks/>
+                        </wpg:cNvGrpSpPr>
+                        <wpg:grpSpPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="9465" y="937"/>
+                            <a:ext cx="1800" cy="2"/>
+                            <a:chOff x="9465" y="937"/>
+                            <a:chExt cx="1800" cy="2"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wps:wsp>
+                          <wps:cNvPr id="31" name="Freeform 18"/>
+                          <wps:cNvSpPr>
+                            <a:spLocks/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="9465" y="937"/>
+                              <a:ext cx="1800" cy="2"/>
+                            </a:xfrm>
+                            <a:custGeom>
+                              <a:avLst/>
+                              <a:gdLst>
+                                <a:gd name="T0" fmla="+- 0 9465 9465"/>
+                                <a:gd name="T1" fmla="*/ T0 w 1800"/>
+                                <a:gd name="T2" fmla="+- 0 11265 9465"/>
+                                <a:gd name="T3" fmla="*/ T2 w 1800"/>
+                              </a:gdLst>
+                              <a:ahLst/>
+                              <a:cxnLst>
+                                <a:cxn ang="0">
+                                  <a:pos x="T1" y="0"/>
+                                </a:cxn>
+                                <a:cxn ang="0">
+                                  <a:pos x="T3" y="0"/>
+                                </a:cxn>
+                              </a:cxnLst>
+                              <a:rect l="0" t="0" r="r" b="b"/>
+                              <a:pathLst>
+                                <a:path w="1800">
+                                  <a:moveTo>
+                                    <a:pt x="0" y="0"/>
+                                  </a:moveTo>
+                                  <a:lnTo>
+                                    <a:pt x="1800" y="0"/>
+                                  </a:lnTo>
+                                </a:path>
+                              </a:pathLst>
+                            </a:custGeom>
+                            <a:noFill/>
+                            <a:ln w="6096">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:round/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </wps:spPr>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                      </wpg:grpSp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="2623BD1F" id="Group 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:83.7pt;margin-top:45.75pt;width:479.8pt;height:1.35pt;z-index:-251657216;mso-position-horizontal-relative:page" coordorigin="1674,915" coordsize="9596,27" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBM3MnayAMAAC4NAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tu4zYQfS/QfyD42GKjix3ZEqIsit1N&#10;UGDbLrDuB9AUdUElUSVpy+nXdziUFFlOtm2aFihQPwikZjiXMzOH8s3bU1OTo1C6km1KgyufEtFy&#10;mVVtkdKfd3dvtpRow9qM1bIVKX0Qmr69/fqrm75LRChLWWdCETDS6qTvUloa0yWep3kpGqavZCda&#10;EOZSNczAVhVeplgP1pvaC30/8nqpsk5JLrSGt++dkN6i/TwX3PyU51oYUqcUYjP4VPjc26d3e8OS&#10;QrGurPgQBntBFA2rWnA6mXrPDCMHVV2YaiqupJa5ueKy8WSeV1xgDpBN4C+yuVfy0GEuRdIX3QQT&#10;QLvA6cVm+Y/HT4pUWUrDDSUta6BG6JYEkQWn74oEdO5V97n7pFyGsPwo+S8axN5SbveFUyb7/geZ&#10;gT12MBLBOeWqsSYgbXLCGjxMNRAnQzi8jPx4tY6gVBxkwSZYX7sa8RIKaU8F0WZNCQjjYBJ9GA7H&#10;13HkTkI2NjyWOJ8Y5xCXSwo3U34jBtCtZxjE/zQGQbQFnzabcOsSHYHYbDYgsSiEFwgsz/ByRGBx&#10;6lkAYNr0Y0Ppv9dQn0vWCexTbZtlBDMewbxTQtgRJiEOXN+h2thQet5NM4lV09B0f9hHfxrDCQ2W&#10;8IM290JiO7LjR20cEWSwwibPhj7YQSfmTQ2c8O0b4sNQbLf4cCUpJrVgVPvGIzuf9AQLMRgdbYWj&#10;EtqK19H1k7ZWo5q1Fc5sQfzFGCErx6D5qR2ihhVhlnh9HLdOajswO4gNugihBwugZDN8Rhd8L3Xd&#10;mcGFAkZdcqmiBLh07yDpmLGRWRd2SfqUIhT2RSOPYidRZBYEAE4epXU714LjQE2zqJwYTlgHOOST&#10;UxvrrLKtvKvqGqtQtzYUII/YgaNlXWVWasPRqti/qxU5MntN4M9mA9bO1ICO2wytlYJlH4a1YVXt&#10;1qBfA7hANq5zLb3oZC+zB+hiJd3lA5clLEqpfqOkh4snpfrXA1OCkvr7FgYxDtZre1PhZn29gZkh&#10;ai7ZzyWs5WAqpYZC5e3ynXG326FTVVGCpwB7oZXfAQvnle1zjM9FNWyAC3A1cPcXGHIF0ZwxJPLs&#10;8haw9+Br3RJ2TBxDrtAXS0aGDLY+RPMUQ16eeWTIxSmo2dNXxL/AkCuYTAfmxJAB3gKvzZCXeDyD&#10;4YTG+Rz9BYZEVkN/OChfYEgsxELpnCGDIASKfMrYBUWOxiCB/yJFYvgvp0jX069DkfABFiFlnFHf&#10;/wy5YEj8ooSPcuDNs6/++R459fFvzu3vAAAA//8DAFBLAwQUAAYACAAAACEAhOvxB+AAAAAKAQAA&#10;DwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjj0D9CnKqqgFOFRItUcXOTbRI1Xkex&#10;m6Rvz/YEx5n9NDuTrkbbiB47XzvSoCYRCKTcFTWVGr73709LED4YKkzjCDVc0cMqu79LTVK4gb6w&#10;34VScAj5xGioQmgTKX1eoTV+4lokvp1cZ01g2ZWy6MzA4baRcRTNpTU18YfKtLipMD/vLlbDx2CG&#10;9bN667fn0+b6s599HrYKtX58GNevIAKO4Q+GW32uDhl3OroLFV40rOeLKaMaXtQMxA1Q8YLXHdmZ&#10;xiCzVP6fkP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATNzJ2sgDAAAuDQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAhOvxB+AAAAAKAQAADwAA&#10;AAAAAAAAAAAAAAAiBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAC8HAAAAAA==&#10;">
+                <v:group id="Group 19" o:spid="_x0000_s1027" style="position:absolute;left:1688;top:928;width:7778;height:2" coordorigin="1688,928" coordsize="7778,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdJwShwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LSsNA&#10;FN0L/YfhFrqzk7QoJXYSSlHpoggmgri7ZG4eJHMnZMYk/fvOQnB5OO9jtpheTDS61rKCeBuBIC6t&#10;brlW8FW8PR5AOI+ssbdMCm7kIEtXD0dMtJ35k6bc1yKEsEtQQeP9kEjpyoYMuq0diANX2dGgD3Cs&#10;pR5xDuGml7soepYGWw4NDQ50bqjs8l+j4H3G+bSPX6drV51vP8XTx/c1JqU26+X0AsLT4v/Ff+6L&#10;VrALY8OX8ANkegcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdJwShwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:shape id="Freeform 20" o:spid="_x0000_s1028" style="position:absolute;left:1688;top:928;width:7778;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="7778,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWs18IwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6qIbLtGWRRREA/+Qa+P5m1btnkpSbT12xtB2OMwM79hZovO1OJOzleWFYyGCQji&#10;3OqKCwXn0/rzC4QPyBpry6TgQR4W897HDDNtWz7Q/RgKESHsM1RQhtBkUvq8JIN+aBvi6P1aZzBE&#10;6QqpHbYRbmo5TpKpNFhxXCixoWVJ+d/xZhTcdrplbtxqf863mzS9XA+TyUapQb/7+QYRqAv/4Xd7&#10;qxWMU3h9iT9Azp8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1rNfCMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l7777,e" filled="f" strokeweight=".46639mm">
+                    <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;7777,0" o:connectangles="0,0"/>
+                  </v:shape>
+                </v:group>
+                <v:group id="Group 17" o:spid="_x0000_s1029" style="position:absolute;left:9465;top:937;width:1800;height:2" coordorigin="9465,937" coordsize="1800,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCmiJ56wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCN7qJkqLRNcgYqUHKTQRxNuQHZOQ7GzIbpP477uHQo+P971LJ9OKgXpXW1YQLyMQxIXV&#10;NZcKrvnH6waE88gaW8uk4EkO0v3sZYeJtiN/05D5UoQQdgkqqLzvEildUZFBt7QdceAetjfoA+xL&#10;qXscQ7hp5SqK3qXBmkNDhR0dKyqa7McoOI84Htbxabg0j+Pznr993S4xKbWYT4ctCE+T/xf/uT+1&#10;gnVYH76EHyD3vwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCmiJ56wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:shape id="Freeform 18" o:spid="_x0000_s1030" style="position:absolute;left:9465;top:937;width:1800;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1800,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBzeKnQwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaKLCqtUoIggeXRW8PppnW21eShO1+uuNsLDHYWa+YRarxpbiQbUvHGsYDhQI4tSZ&#10;gjMNp+O2PwXhA7LB0jFpeJGH1bLdWmBi3JN/6XEImYgQ9glqyEOoEil9mpNFP3AVcfQurrYYoqwz&#10;aWp8Rrgt5UipH2mx4LiQY0WbnNLb4W41jI7Kzvbve3Wd9M47xY5TSWOtu51mPQcRqAn/4b/2zmgY&#10;D+H7Jf4AufwAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAc3ip0MAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l1800,e" filled="f" strokeweight=".48pt">
+                    <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1800,0" o:connectangles="0,0"/>
+                  </v:shape>
+                </v:group>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C37C206" wp14:editId="28904CC4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1071880</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>784225</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6080760" cy="1270"/>
+                <wp:effectExtent l="14605" t="9525" r="10160" b="8255"/>
+                <wp:wrapNone/>
+                <wp:docPr id="25" name="Group 14"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6080760" cy="1270"/>
+                          <a:chOff x="1688" y="1235"/>
+                          <a:chExt cx="9576" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="26" name="Freeform 15"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1688" y="1235"/>
+                            <a:ext cx="9576" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 1688 1688"/>
+                              <a:gd name="T1" fmla="*/ T0 w 9576"/>
+                              <a:gd name="T2" fmla="+- 0 11264 1688"/>
+                              <a:gd name="T3" fmla="*/ T2 w 9576"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="9576">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9576" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="16789">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5139A0F6" id="Group 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:84.4pt;margin-top:61.75pt;width:478.8pt;height:.1pt;z-index:-251656192;mso-position-horizontal-relative:page" coordorigin="1688,1235" coordsize="9576,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3Mdu5/wIAAAAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1pYmTGnWKoTcM&#10;6LYCzT5AkeULJkuapMTpvn6UZKdu1mJAlweBMiny8PCS84t9x9GOadNKUeDkJMaICSrLVtQF/rG+&#10;+bTEyFgiSsKlYAV+ZAZfrN6/O+9VzlLZSF4yjcCJMHmvCtxYq/IoMrRhHTEnUjEBykrqjli46joq&#10;NenBe8ejNI6zqJe6VFpSZgx8vQpKvPL+q4pR+72qDLOIFxiwWX9qf27cGa3OSV5ropqWDjDIG1B0&#10;pBUQ9ODqiliCtrr9y1XXUi2NrOwJlV0kq6qlzOcA2STxUTa3Wm6Vz6XO+1odaAJqj3h6s1v6bXev&#10;UVsWOJ1jJEgHNfJhUTJz5PSqzsHmVqsHda9DhiDeSfrTgDo61rt7HYzRpv8qS/BHtlZ6cvaV7pwL&#10;SBvtfQ0eDzVge4sofMziZbzIoFQUdEm6GEpEG6ije5RkS2gprzudh/LR5np4fDZfZOFl6lQRyUNI&#10;D3OA5XKCXjNPdJr/o/OhIYr5KhlH1UgnAAl03mjGXAOjxON10cFspNNMuZxonJkByv/J4guEjFy+&#10;RgfJ6dbYWyZ9NcjuztgwByVIvsblgH0Nhag6DiPx8ROKkYvlj2FuDmbJaPYhQusY9ciHHpyOvtLR&#10;KPhK0mz2orPT0c45SyfOoJ71CJE0I2q6FwNskBBxiyf27aakcR2zBnBjn4EHMHIpvmILsY9tw5sh&#10;hIaNcrxLNEawSzaBE0WsQ+ZCOBH1BfZcuA+d3LG19Cp7NAAQ5EnLxdQqVHGCKqjhhQvgu/wQ1GGd&#10;lFbIm5ZzXwYuHJQkWyzPPDlG8rZ0WgfH6HpzyTXaEbcm/W+Yn2dmsI5E6b01jJTXg2xJy4MM0TmQ&#10;C9MWejeM2kaWj9DHWoblC38WIDRS/8aoh8VbYPNrSzTDiH8RMIpnyWzmNrW/zOaLFC56qtlMNURQ&#10;cFVgi6HyTry0YbtvlW7rBiIlPl0hP8MWqlrX6B5fQDVcYBt4ya9ZkJ7t8endWz39ca3+AAAA//8D&#10;AFBLAwQUAAYACAAAACEAbKigxOEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/&#10;YRnBm90ktbHEbEop6qkItoJ422anSWh2NmS3SfrvnXrR27yZx5vv5avJtmLA3jeOFMSzCARS6UxD&#10;lYLP/evDEoQPmoxuHaGCC3pYFbc3uc6MG+kDh12oBIeQz7SCOoQuk9KXNVrtZ65D4tvR9VYHln0l&#10;Ta9HDretTKIolVY3xB9q3eGmxvK0O1sFb6Me1/P4ZdiejpvL937x/rWNUan7u2n9DCLgFP7McMVn&#10;dCiY6eDOZLxoWadLRg88JPMFiKsjTtJHEIff1RPIIpf/SxQ/AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhALcx27n/AgAAAAcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAGyooMThAAAADAEAAA8AAAAAAAAAAAAAAAAAWQUAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABnBgAAAAA=&#10;">
+                <v:shape id="Freeform 15" o:spid="_x0000_s1027" style="position:absolute;left:1688;top:1235;width:9576;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9576,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2cFYDwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfB/6HcAXfZqqCk65RRBAmwmDdoK+X5q7p1tyUJLPtvzeDwR4P55zvcIrDaDtxIx9axwpWywwE&#10;ce10y42Cj/fz4w5EiMgaO8ekYKIAh/3socBcu4Hf6FbGRiQIhxwVmBj7XMpQG7IYlq4nTt6n8xZj&#10;kr6R2uOQ4LaT6yzbSostpwWDPZ0M1d/lj1VQXqfrWVab1eXp67WiYOrM+51Si/l4fAYRaYz/4b/2&#10;i1aw3sLvl/QD5P4OAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANnBWA8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l9576,e" filled="f" strokeweight=".46636mm">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;9576,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="021B62C9" wp14:editId="2238971A">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1071880</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>986155</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6096000" cy="1270"/>
+                <wp:effectExtent l="5080" t="11430" r="13970" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="23" name="Group 12"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6096000" cy="1270"/>
+                          <a:chOff x="1688" y="1553"/>
+                          <a:chExt cx="9600" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="24" name="Freeform 13"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1688" y="1553"/>
+                            <a:ext cx="9600" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 1688 1688"/>
+                              <a:gd name="T1" fmla="*/ T0 w 9600"/>
+                              <a:gd name="T2" fmla="+- 0 11288 1688"/>
+                              <a:gd name="T3" fmla="*/ T2 w 9600"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="9600">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9600" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="0EBC280A" id="Group 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:84.4pt;margin-top:77.65pt;width:480pt;height:.1pt;z-index:-251653120;mso-position-horizontal-relative:page" coordorigin="1688,1553" coordsize="9600,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA78b+n+wIAAP8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKHxpWnaGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKdutmJAlweBMiny8PCSi8td15KtMLZRMqfJLKZESK6KRlY5/b66&#10;PTqjxDomC9YqKXL6JCy9XL5/d9HrTKSqVm0hDAEn0ma9zmntnM6iyPJadMzOlBYSlKUyHXNwNVVU&#10;GNaD966N0jheRL0yhTaKC2vh63VQ0qX3X5aCu29laYUjbU4Bm/On8ecaz2h5wbLKMF03fIDB3oCi&#10;Y42EoHtX18wxsjHNH666hhtlVelmXHWRKsuGC58DZJPEB9ncGbXRPpcq6yu9pwmoPeDpzW751+2D&#10;IU2R0/SYEsk6qJEPS5IUyel1lYHNndGP+sGEDEG8V/yHBXV0qMd7FYzJuv+iCvDHNk55cnal6dAF&#10;pE12vgZP+xqInSMcPi7i80UcQ6k46JL0dCgRr6GO+ChZnEFLoe7k5DiUj9c3w2N8Gl568BHLQkgP&#10;c4CFOUGv2Wc67f/R+VgzLXyVLFI10jkf6bw1QmADk8TjxehgNtJpp1xONGhmgfJ/svgXQkYuX6OD&#10;ZXxj3Z1Qvhpse29dmIMCJF/jYmiFFdBZdi2MxMcjEhOM5Y9hbvZmyWj2ISKrmPTEhx6cjr7S0Sj4&#10;StJXnEEjhpjoLJ04g3pWI0RWj6j5Tg6wQSIMF0/s200rix2zAnBjn4EHMMIUX7GF2Ie24c0QwsBG&#10;OdwlhhLYJevAiWYOkWEIFEmfU88FfujUVqyUV7mDAYAgz9pWTq1CFSeoghpeYACYwSD4oIh1Ulqp&#10;bpu29WVoJULB6fLcWNU2BSoRjTXV+qo1ZMtwS/ofJgPOXpjBNpKFd1YLVtwMsmNNG2Swb4FbGLbQ&#10;umHS1qp4gjY2Kuxe+K8AoVbmFyU97N2c2p8bZgQl7WcJk3iezOe4qP1lfnKawsVMNeuphkkOrnLq&#10;KBQexSsXlvtGm6aqIVLi05XqEyyhssE+9/gCquECy8BLfsuC9GKNT+/e6vl/a/kbAAD//wMAUEsD&#10;BBQABgAIAAAAIQCZcL903wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZYTe&#10;6iZKRGI2ItL2JIVqofQ2ZsckmJ0N2TWJ/76bXtrbvDePN99k29E0oqfO1ZYVxPMIBHFhdc2lgs/T&#10;6/MahPPIGhvLpOBODrb540OGqbYDf1B/9KUIJexSVFB536ZSuqIig25uW+Kwu9jOoA+yK6XucAjl&#10;ppGLKFpJgzWHCxW2tK+ouB5vRsHbgMNuGb/0h+tlf/8+Je9fh5iUepqNuw0IT6P/C8OEH9AhD0xn&#10;e2PtRBP0ah3QfRiSZAliSsSLyTr/WgnIPJP/n8h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADvxv6f7AgAA/wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAJlwv3TfAAAADAEAAA8AAAAAAAAAAAAAAAAAVQUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABhBgAAAAA=&#10;">
+                <v:shape id="Freeform 13" o:spid="_x0000_s1027" style="position:absolute;left:1688;top:1553;width:9600;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9600,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSGlDxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q7uKFEmzEVEDrSdrCl6f2WcSzL4N2a1Gf31XKHgcZuYbJp0PthVn6n3jWMN4pEAQ&#10;l840XGn4KfK3GQgfkA22jknDlTzMs+enFBPjLvxN512oRISwT1BDHUKXSOnLmiz6keuIo3d0vcUQ&#10;ZV9J0+Mlwm0rJ0q9S4sNx4UaO1rWVJ52v1YDft38dD3jba72h43aF0VebFZav74Miw8QgYbwCP+3&#10;P42GyRTuX+IPkNkfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANIaUPHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l9600,e" filled="f" strokeweight=".48pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;9600,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nes</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00273917">
@@ -38355,209 +37964,425 @@
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nurodyti</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>priežastį)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6192DB33" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="2" w:line="190" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="59F02C63" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6DE3AB47" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="522EB06A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6432A274" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="058F3514" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="61F3FA2F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="67D1C692" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="75BBC5A6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="3F9A5FC0" w14:textId="6590ACBF" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="69" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...16 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6FA95D35" wp14:editId="7EFA5B62">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1071880</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-382270</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6081395" cy="1270"/>
+                <wp:effectExtent l="14605" t="10795" r="9525" b="16510"/>
+                <wp:wrapNone/>
+                <wp:docPr id="21" name="Group 10"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6081395" cy="1270"/>
+                          <a:chOff x="1688" y="-602"/>
+                          <a:chExt cx="9577" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="22" name="Freeform 11"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1688" y="-602"/>
+                            <a:ext cx="9577" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 1688 1688"/>
+                              <a:gd name="T1" fmla="*/ T0 w 9577"/>
+                              <a:gd name="T2" fmla="+- 0 11264 1688"/>
+                              <a:gd name="T3" fmla="*/ T2 w 9577"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="9577">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9576" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="16790">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="20843250" id="Group 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:84.4pt;margin-top:-30.1pt;width:478.85pt;height:.1pt;z-index:-251655168;mso-position-horizontal-relative:page" coordorigin="1688,-602" coordsize="9577,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCivLxdAwMAAAAHAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1panTGHWKoTcM&#10;6LYCzT5AkeULJkuapMRpv36UZKdu1mJAlweBMqnDo0OKOb/YdRxtmTatFAVOjmOMmKCybEVd4J+r&#10;m6MzjIwloiRcClbgR2bwxfLjh/Ne5SyVjeQl0whAhMl7VeDGWpVHkaEN64g5looJcFZSd8TCVtdR&#10;qUkP6B2P0jjOol7qUmlJmTHw9So48dLjVxWj9kdVGWYRLzBws37Vfl27NVqek7zWRDUtHWiQd7Do&#10;SCsg6R7qiliCNrr9C6prqZZGVvaYyi6SVdVS5u8At0nig9vcarlR/i513tdqLxNIe6DTu2Hp9+29&#10;Rm1Z4DTBSJAOauTTosSL06s6h5hbrR7UvQ43BPNO0l8GtIsO/W5fh2C07r/JEvDIxkovzq7SnYOA&#10;a6Odr8HjvgZsZxGFj1l8lpwsTjGi4EvS+VAi2kAd3aEkO4OWAt9RFqehfLS5Hg4vTufzcNK7IpKH&#10;lJ7mQMu1BvSaeZbT/J+cDw1RzFfJOKlGOdNRzhvNmGtglCSOr8sOYaOcZqrlxOPCDEj+TxVfEWTU&#10;8i05SE43xt4y6atBtnfGhndQguVrXA6tsII3U3UcnsTnIxQjl8svw7vZh0HvhLBPEVrFqEc+9QA6&#10;YoEiU6wkzWavgp2McQ4snYBBPeuRImlG1nQnBtpgIeIGT+zbTUnjOmYF5MY+AwQIcld8IxZyH8aG&#10;M0MKDRPlcJZojGCWrIMmiljHzKVwJuoL7LVwHzq5ZSvpXfbgAUCSZy8X0yg4nr1gFdxwwiWANxgM&#10;n9RxnZRWyJuWc18GLhyVJJsvgjhG8rZ0XkfH6Hp9yTXaEjcm/c/dBtBehME4EqVHaxgprwfbkpYH&#10;G+I5iAuvLfRuaPa1LB+hj7UMwxf+LMBopH7CqIfBW2Dze0M0w4h/FfAUF8ls5ia138xO5yls9NSz&#10;nnqIoABVYIuh8s68tGG6b5Ru6wYyJb4XhPwCU6hqXaN7foHVsIFp4C0/ZsF6Mcenex/1/Me1/AMA&#10;AP//AwBQSwMEFAAGAAgAAAAhABAgGQrgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQ&#10;he+F/odlhN50kxSDxGxEpO1JCtVC6W3MjkkwOxuyaxL/fdde2uOb93jvm3wzmVYM1LvGsoJ4EYEg&#10;Lq1uuFLweXydr0A4j6yxtUwKbuRgUzw+5JhpO/IHDQdfiVDCLkMFtfddJqUrazLoFrYjDt7Z9gZ9&#10;kH0ldY9jKDetTKIolQYbDgs1drSrqbwcrkbB24jj9jl+GfaX8+72fVy+f+1jUuppNm3XIDxN/i8M&#10;d/yADkVgOtkrayfaoNNVQPcK5mmUgLgn4iRdgjj9niKQRS7/P1H8AAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAKK8vF0DAwAAAAcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhABAgGQrgAAAADAEAAA8AAAAAAAAAAAAAAAAAXQUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;">
+                <v:shape id="Freeform 11" o:spid="_x0000_s1027" style="position:absolute;left:1688;top:-602;width:9577;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9577,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVLrBaxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI8xb8Iw&#10;FIT3Sv0P1qvEUjU2GRCkGIRaIWDo0MDS7Sl+TaLGz6ltSPj3GKlSx9PdfadbrkfbiQv50DrWMM0U&#10;COLKmZZrDafj9mUOIkRkg51j0nClAOvV48MSC+MG/qRLGWuRIBwK1NDE2BdShqohiyFzPXHyvp23&#10;GJP0tTQehwS3ncyVmkmLLaeFBnt6a6j6Kc9WQ9k/Dyp/Px92vwe1sdNx4b/mH1pPnsbNK4hIY/wP&#10;/7X3RkOew/1L+gFydQMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDVLrBaxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l9576,e" filled="f" strokeweight=".46639mm">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;9576,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F69B031" wp14:editId="74B29723">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1071880</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>-181610</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6096000" cy="1270"/>
+                <wp:effectExtent l="5080" t="11430" r="13970" b="6350"/>
+                <wp:wrapNone/>
+                <wp:docPr id="19" name="Group 8"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6096000" cy="1270"/>
+                          <a:chOff x="1688" y="-286"/>
+                          <a:chExt cx="9600" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="20" name="Freeform 9"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="1688" y="-286"/>
+                            <a:ext cx="9600" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 1688 1688"/>
+                              <a:gd name="T1" fmla="*/ T0 w 9600"/>
+                              <a:gd name="T2" fmla="+- 0 11288 1688"/>
+                              <a:gd name="T3" fmla="*/ T2 w 9600"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="9600">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="9600" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="52A630A7" id="Group 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:84.4pt;margin-top:-14.3pt;width:480pt;height:.1pt;z-index:-251652096;mso-position-horizontal-relative:page" coordorigin="1688,-286" coordsize="9600,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCC/kHQ+QIAAP0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKHxZV2aGHWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKdutmJAlweBMiny8PCS84t9K8lOGNtoldNkFlMiFNdFo6qcfl/f&#10;nCwosY6pgkmtRE4fhaUXq7dvzvsuE6mutSyEIeBE2azvclo712VRZHktWmZnuhMKlKU2LXNwNVVU&#10;GNaD91ZGaRzPo16bojOaC2vh61VQ0pX3X5aCu29laYUjMqeAzfnT+HODZ7Q6Z1llWFc3fIDBXoGi&#10;ZY2CoAdXV8wxsjXNH67ahhttdelmXLeRLsuGC58DZJPER9ncGr3tfC5V1lfdgSag9oinV7vlX3f3&#10;hjQF1G5JiWIt1MiHJQvkpu+qDExuTffQ3ZuQIIh3mv+woI6O9XivgjHZ9F90Ae7Y1mnPzb40LbqA&#10;rMnel+DxUAKxd4TDx3m8nMcxVIqDLknPhgrxGsqIj5L5AjoKdCfpYh6qx+vr4TE+DS9TVEUsCyE9&#10;zAEW5gStZp/YtP/H5kPNOuGLZJGqgc0UgAQ2b4wQ2L9kGQj1ViObdkrlRIMYLTD+TxL/wsdI5Uts&#10;sIxvrbsV2heD7e6sC1NQgORLXAzQ15BE2UoYiPcnJCYYyx+B9+pgloxm7yKyjklPfOjB6egrHY2C&#10;ryR9wdmH0Q6dpRNnUM5qhMjqETXfqwE2SITh2ol9t3XaYsOsAdzYZuABjDDFF2wh9rFteDOEMLBP&#10;jjeJoQQ2ySZw0jGHyDAEiqTPqecCP7R6J9baq9xR/0OQJ61UU6tQxQmqoIYXGMA3+SEoYp2UVumb&#10;RkpfBqkQCg6X58Zq2RSoRDTWVJtLaciO4Y70v2F6npnBLlKFd1YLVlwPsmONDDIEl8AtzFpo3TBo&#10;G108QhsbHTYv/FOAUGvzi5Ietm5O7c8tM4IS+VnBIC6T01NoOucvpx/PcIzMVLOZapji4CqnjkLh&#10;Ubx0YbVvO9NUNURKfLpKf4IdVDbY5x5fQDVcYBd4ye9YkJ4t8endWz39a61+AwAA//8DAFBLAwQU&#10;AAYACAAAACEAXuLJy98AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWuDQBCF74X+h2UKvSWr&#10;thUxriGEtqdQaFIouU10ohJ3VtyNmn/ftZf2+N483nwvW0+6FQP1tjGsIFwGIIgLUzZcKfg6vC0S&#10;ENYhl9gaJgU3srDO7+8yTEsz8icNe1cJX8I2RQW1c10qpS1q0miXpiP2t7PpNTov+0qWPY6+XLcy&#10;CoJYamzYf6ixo21NxWV/1QreRxw3T+HrsLuct7fj4eXjexeSUo8P02YFwtHk/sIw43t0yD3TyVy5&#10;tKL1Ok48ulOwiJIYxJwIo9k6/VrPIPNM/h+R/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCC/kHQ+QIAAP0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQBe4snL3wAAAAwBAAAPAAAAAAAAAAAAAAAAAFMFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
+                <v:shape id="Freeform 9" o:spid="_x0000_s1027" style="position:absolute;left:1688;top:-286;width:9600;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9600,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCtIVbywQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EN/A2k5UxpDPK2CzMntQKXt+aZ1tsXkoT225//XIQPH58v5frybZioN43jjW8zBUI4tKZ&#10;hisNxyJ7XoDwAdlg65g0/JKH9erxYYmpcSPvaTiESsQQ9ilqqEPoUil9WZNFP3cdceTOrrcYIuwr&#10;aXocY7htZaLUm7TYcGyosaPPmsrL4Wo14PbPv24WvMvU6SdXp6LIivxL69nT9PEOItAU7uKb+9to&#10;SOL6+CX+ALn6BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK0hVvLBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l9600,e" filled="f" strokeweight=".48pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;9600,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Prašau</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>sudaryti</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>galimybę</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>sūnui</w:t>
-[...6 lines deleted...]
-        <w:t>/dukrai</w:t>
+        <w:t>sūnui/dukrai</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>grįžus</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>atsiskaityti</w:t>
       </w:r>
@@ -38599,250 +38424,360 @@
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>progimnazijos</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="117"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>nustatyta tvarka.</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Įsipareigojame atsiskaityti</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pasiruošę savarankiškai.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="205818B3" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6EB85D99" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="31EB96DE" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="360785DC" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="16" w:line="260" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="59A72023" w14:textId="0C367FE9" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="69"/>
         <w:ind w:left="6564" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...6 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="249934F9" wp14:editId="1E7F1432">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5081905</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>6985</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2122170" cy="1270"/>
+                <wp:effectExtent l="5080" t="12065" r="6350" b="5715"/>
+                <wp:wrapNone/>
+                <wp:docPr id="17" name="Group 6"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2122170" cy="1270"/>
+                          <a:chOff x="8003" y="11"/>
+                          <a:chExt cx="3342" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="18" name="Freeform 7"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="8003" y="11"/>
+                            <a:ext cx="3342" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 8003 8003"/>
+                              <a:gd name="T1" fmla="*/ T0 w 3342"/>
+                              <a:gd name="T2" fmla="+- 0 11344 8003"/>
+                              <a:gd name="T3" fmla="*/ T2 w 3342"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3342">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3341" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="8891">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="521FCBDB" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:400.15pt;margin-top:.55pt;width:167.1pt;height:.1pt;z-index:-251654144;mso-position-horizontal-relative:page" coordorigin="8003,11" coordsize="3342,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3rQdC/AIAAPkGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1pVmTGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn4UZaduumJA1weXMunDw0OKOb/YtZJshbGNVjlNjmNKhOK6aFSV0x+r&#10;m6MFJdYxVTCplcjpo7D0Yvn+3XnfZSLVtZaFMARAlM36Lqe1c10WRZbXomX2WHdCgbPUpmUOjqaK&#10;CsN6QG9llMbxadRrU3RGc2EtvL0KTrpE/LIU3H0vSysckTkFbg6fBp9r/4yW5yyrDOvqhg802BtY&#10;tKxRkHQPdcUcIxvTvIBqG2601aU75rqNdFk2XGANUE0SH1Rza/Smw1qqrK+6vUwg7YFOb4bl37b3&#10;hjQF9G5OiWIt9AjTklOvTd9VGYTcmu6huzehQDDvNP9pwR0d+v25CsFk3X/VBcCxjdOoza40rYeA&#10;qskOW/C4b4HYOcLhZZqkaTKHTnHwJSlY2CFeQxv9R4s4PqHE+5LRcz18enIyS8N3qXdFLAsJkeRA&#10;ylcEg2aftLT/p+VDzTqBLbJeqFFLmPqg5Y0Rwk8vmQc5MWrU0k6FnHg8Rwt6/1PCF2qMMr6mBcv4&#10;xrpbobERbHtnHepbFWBhe4uB+Ap6ULYSLsPHIxITnwkfQfVqH5aMYR8isopJTzD1ADpiQV8mWEly&#10;Mpv9FQxaG+I8WDoBg2buKbJ6ZM13aqANFmF+5cQ4aZ22flhWQG4cMUCAIF/iK7FhrHDextjwf0hh&#10;YJccbhFDCWyRddCkY84z8ym8Sfqcohb+Rau3YqXR5Q5mH5I8eaWaRsHnzysIbvjCJ8AR3yf1XCet&#10;VfqmkRLbIJWnslicJaiN1bIpvNOzsaZaX0pDtszvR/wb7s6zMNhDqkCwWrDierAda2SwIbkEbeGm&#10;hcEN12yti0cYYqPD1oVfCTBqbX5T0sPGzan9tWFGUCK/KLiGZ8ls5lc0Hmaf5ikczNSznnqY4gCV&#10;U0eh8d68dGGtbzrTVDVkCuUq/Rn2T9n4OUd+gdVwgE2AFu5XsJ4t8OkZo55+sZZ/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAfAvQQt4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMAyG74O9g9Fg&#10;t9XOso6SximlbDuVwdrB6E2N1SQ0lkPsJunbzz1tN4nv59enfDXZVgzU+8axhmSmQBCXzjRcafje&#10;vz8tQPiAbLB1TBqu5GFV3N/lmBk38hcNu1CJWMI+Qw11CF0mpS9rsuhnriOO7OR6iyGufSVNj2Ms&#10;t618VupVWmw4Xqixo01N5Xl3sRo+RhzXafI2bM+nzfWwn3/+bBPS+vFhWi9BBJrCXxhu+lEdiuh0&#10;dBc2XrQaFkqlMRpBAuLGk/RlDuIYpxRkkcv/DxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAPetB0L8AgAA+QYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAHwL0ELeAAAACAEAAA8AAAAAAAAAAAAAAAAAVgUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABhBgAAAAA=&#10;">
+                <v:shape id="Freeform 7" o:spid="_x0000_s1027" style="position:absolute;left:8003;top:11;width:3342;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3342,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBi4D46wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPyHyEi70ZROQ1NHQAiEtMsOtNvda0zb0ThVE6D8e3yYxM3We37v82ozuk5daQitZwOLJAVF&#10;XHnbcm3guzzM30GFiGyx80wG7hRgs55OVphbf+MjXYtYKwnhkKOBJsY+1zpUDTkMie+JRTv5wWGU&#10;dai1HfAm4a7TWZoutcOWpaHBnnYNVefi4gyU+4V7zdzX4e9e/OyzX9JvVXky5mU2bj9ARRrj0/x/&#10;/WkFX2DlFxlArx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYuA+OsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l3341,e" filled="f" strokeweight=".24697mm">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;3341,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvų</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>(globėjų,</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> rūpintojų)</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>parašas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="7B88C909" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:sectPr w:rsidR="00A75CE2">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1060" w:right="440" w:bottom="280" w:left="1580" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="499554CE" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="5" w:line="150" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="00E34A77" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="2AAC72BA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="34BA0597" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Antrat1"/>
+        <w:pStyle w:val="1"/>
         <w:spacing w:before="69"/>
         <w:ind w:left="1074" w:right="237"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>KLAIPĖDOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A47BE1">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>,,PAJŪRIO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>PROGIMNAZIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="5F7543CA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="19" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="30B67AFB" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
         <w:spacing w:line="258" w:lineRule="auto"/>
         <w:ind w:left="3672" w:hanging="2271"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKINIO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -38914,172 +38849,158 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PRALEISTŲ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PAMOKŲ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6398C234" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="18" w:line="280" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="765F289E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="959" w:firstLine="0"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">Aš, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>..................................................................................................,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>.........</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>klasės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>mokinys(ė)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="3BA62C89" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4183"/>
         </w:tabs>
         <w:spacing w:before="22" w:line="258" w:lineRule="auto"/>
         <w:ind w:right="121" w:firstLine="0"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>20......</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>m.</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">m.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>....................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:t>mėn.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>praleidau</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>............................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="59"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pamokų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="59"/>
         </w:rPr>
@@ -39091,179 +39012,179 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>pateisinamosios</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="129"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežasties.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="7107566A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="3"/>
         <w:ind w:left="959" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Neatvykimo</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežastys:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="418B07C2" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0DB58302" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="076F9BED" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="5FBD8F6A" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="0633B7D1" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="091F8C65" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1A59AC66" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="7D37973F" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="58B2560E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2278"/>
           <w:tab w:val="left" w:pos="3077"/>
           <w:tab w:val="left" w:pos="3631"/>
           <w:tab w:val="left" w:pos="4490"/>
           <w:tab w:val="left" w:pos="5524"/>
           <w:tab w:val="left" w:pos="6505"/>
           <w:tab w:val="left" w:pos="6937"/>
           <w:tab w:val="left" w:pos="8684"/>
         </w:tabs>
         <w:spacing w:before="21"/>
         <w:ind w:left="1019" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Sprendimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:tab/>
         <w:t>būdai,</w:t>
@@ -39295,994 +39216,2441 @@
       <w:r>
         <w:t>praleistų</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>pamokų</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>pateisinamosios</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priežasties:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="4C9C2ED4" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="22"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1EBD4965" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="24"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="5EB55B04" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="6E71928D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="16100CDB" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="00C9FB1D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="5FB33AEF" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="79E8D3E4" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="19" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="7415BACD" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="959" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>...........................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="00AC36C0" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:left="959" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(mokinio</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>parašas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="69BD02FE" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="2" w:line="320" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1328C0AA" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="959" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>SUSIPAŽINAU:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="1D73F866" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="21"/>
         <w:ind w:left="959" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Tėvas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>mama</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>globėjas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>/ rūpintojas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="050D3534" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="8" w:line="140" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="66BEBEB1" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="3EA66BFC" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="11897AAA" w14:textId="5C671401" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="69"/>
         <w:ind w:left="959" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...6 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="249200E3" wp14:editId="00A1DB4F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1612900</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>27305</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2057400" cy="1270"/>
+                <wp:effectExtent l="12700" t="12065" r="6350" b="5715"/>
+                <wp:wrapNone/>
+                <wp:docPr id="15" name="Group 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2057400" cy="1270"/>
+                          <a:chOff x="2540" y="43"/>
+                          <a:chExt cx="3240" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="16" name="Freeform 5"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2540" y="43"/>
+                            <a:ext cx="3240" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 2540 2540"/>
+                              <a:gd name="T1" fmla="*/ T0 w 3240"/>
+                              <a:gd name="T2" fmla="+- 0 5780 2540"/>
+                              <a:gd name="T3" fmla="*/ T2 w 3240"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3240">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3240" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="350D093F" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:127pt;margin-top:2.15pt;width:162pt;height:.1pt;z-index:-251651072;mso-position-horizontal-relative:page" coordorigin="2540,43" coordsize="3240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQ6XaI+gIAAPgGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKG14+bSGnWKoTcM&#10;6LYCzT5AkeULJkuepMRpv36kZKduumJAlweBMqnDo0OKOb/YNZJshbG1VhmdHMeUCMV1Xqsyoz9X&#10;N0enlFjHVM6kViKjj8LSi+XHD+ddm4pEV1rmwhAAUTbt2oxWzrVpFFleiYbZY90KBc5Cm4Y52Joy&#10;yg3rAL2RURLH86jTJm+N5sJa+HoVnHTp8YtCcPejKKxwRGYUuDm/Gr+ucY2W5ywtDWurmvc02DtY&#10;NKxWkHQPdcUcIxtTv4Jqam601YU75rqJdFHUXPg7wG0m8cFtbo3etP4uZdqV7V4mkPZAp3fD8u/b&#10;e0PqHGo3o0SxBmrk05IpatO1ZQoht6Z9aO9NuCCYd5r/suCODv24L0MwWXffdA5wbOO012ZXmAYh&#10;4NZk50vwuC+B2DnC4WMSzxbTGCrFwTdJFn2FeAVlxEPJbApO8E1PQu14dd0fPUnQhecSdEUsDQk9&#10;yZ4U3ggazT5raf9Py4eKtcKXyKJQg5bzQcsbIwR2L5kFOX3UoKUdCznyIEcLev9TwldqDDK+pQVL&#10;+ca6W6F9Idj2zrrwAnKwfHnzvglWoGXRSHgMn49ITDCTX4Lq5T5sMoR9isgqJh3xqXvQASsZgjzW&#10;bHH6d6yTIQyxkhEW1LIcGLJqIM13qmcNFmE4cWLfaK222Csr4DZ0GCBAEN7wjVjIfRgbzvQpDIyS&#10;wyFiKIEhsg6StMwhM0yBJuky6qXAD43eipX2LnfQ+pDk2SvVOCoUccQquOEEJvAdvk+KXEeVVfqm&#10;ltJXQSqkMo/P5l4bq2WdoxPZWFOuL6UhW4bj0f/6p/MiDMaQyj1YJVh+3duO1TLYkFyCtvDQQt+G&#10;V7bW+SP0sNFh6MKfBBiVNk+UdDBwM2p/b5gRlMivCl7h2WSK79f5zXS2SGBjxp712MMUB6iMOgqF&#10;R/PSham+aU1dVpBp4q+r9BcYP0WNbe75BVb9BgaBt/x4BevF/B7vfdTzH9byDwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAAse1O/dAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvd&#10;pG20xGxKKeqpCLaCeJsm0yQ0Oxuy2yT9944nPX684b1vsvVkWzVQ7xvHBuJZBIq4cGXDlYHPw+vD&#10;CpQPyCW2jsnAlTys89ubDNPSjfxBwz5USkrYp2igDqFLtfZFTRb9zHXEkp1cbzEI9pUuexyl3LZ6&#10;HkWP2mLDslBjR9uaivP+Yg28jThuFvHLsDufttfvQ/L+tYvJmPu7afMMKtAU/o7hV1/UIReno7tw&#10;6VVrYJ4s5ZdgYLkAJXnytBI+Cieg80z/989/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJDpdoj6AgAA+AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAse1O/dAAAABwEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+                <v:shape id="Freeform 5" o:spid="_x0000_s1027" style="position:absolute;left:2540;top:43;width:3240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZ6cDQwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhF5EN41UJLpKaAn0ZKkpgrchOybR7GzIbmL677uFQm/zeJ+zO4ymEQN1rras4HkZgSAu&#10;rK65VPCVZ4sNCOeRNTaWScE3OTjsp5MdJto++JOGky9FCGGXoILK+zaR0hUVGXRL2xIH7mo7gz7A&#10;rpS6w0cIN42Mo2gtDdYcGips6bWi4n7qjYL+Mi84P9Yv6SY752/+9nFexYNST7Mx3YLwNPp/8Z/7&#10;XYf5a/j9JRwg9z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGenA0MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l3240,e" filled="f" strokeweight=".48pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;3240,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...13 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>(vardas,</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> pavardė, parašas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="6233969C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="7" w:line="130" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="7025CA1E" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="74C7CCDE" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+    <w:p w14:paraId="300B571D" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:ind w:left="959" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Klasės</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vadovas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
+    <w:p w14:paraId="3E19ADC1" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00A75CE2">
       <w:pPr>
         <w:spacing w:before="10" w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="7A2BA41E" w14:textId="6360B50F" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
       <w:pPr>
-        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="69"/>
         <w:ind w:left="959" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:pict>
-[...6 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1038C26F" wp14:editId="691EF317">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>1567180</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>27305</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2362200" cy="1270"/>
+                <wp:effectExtent l="5080" t="13970" r="13970" b="3810"/>
+                <wp:wrapNone/>
+                <wp:docPr id="13" name="Group 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2362200" cy="1270"/>
+                          <a:chOff x="2468" y="43"/>
+                          <a:chExt cx="3720" cy="2"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="14" name="Freeform 3"/>
+                        <wps:cNvSpPr>
+                          <a:spLocks/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2468" y="43"/>
+                            <a:ext cx="3720" cy="2"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst>
+                              <a:gd name="T0" fmla="+- 0 2468 2468"/>
+                              <a:gd name="T1" fmla="*/ T0 w 3720"/>
+                              <a:gd name="T2" fmla="+- 0 6188 2468"/>
+                              <a:gd name="T3" fmla="*/ T2 w 3720"/>
+                            </a:gdLst>
+                            <a:ahLst/>
+                            <a:cxnLst>
+                              <a:cxn ang="0">
+                                <a:pos x="T1" y="0"/>
+                              </a:cxn>
+                              <a:cxn ang="0">
+                                <a:pos x="T3" y="0"/>
+                              </a:cxn>
+                            </a:cxnLst>
+                            <a:rect l="0" t="0" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="3720">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3720" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:noFill/>
+                          <a:ln w="6096">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="5504F557" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:123.4pt;margin-top:2.15pt;width:186pt;height:.1pt;z-index:-251650048;mso-position-horizontal-relative:page" coordorigin="2468,43" coordsize="3720,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKqX4A+wIAAPgGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JVnaGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn4UZaduumJAlweDNqnDw0OKOb/YdS3ZCmMbJXOaHMeUCMlV0cgqpz9W&#10;N0enlFjHZMFaJUVOH4WlF8v37857nYlU1aothCEAIm3W65zWzuksiiyvRcfssdJCgrNUpmMOXk0V&#10;FYb1gN61URrHi6hXptBGcWEtfL0KTrpE/LIU3H0vSyscaXMK3Bw+DT7X/hktz1lWGabrhg802BtY&#10;dKyRkHQPdcUcIxvTvIDqGm6UVaU75qqLVFk2XGANUE0SH1Rza9RGYy1V1ld6LxNIe6DTm2H5t+29&#10;IU0BvZtRIlkHPcK0JPXa9LrKIOTW6Ad9b0KBYN4p/tOCOzr0+/cqBJN1/1UVAMc2TqE2u9J0HgKq&#10;JjtsweO+BWLnCIeP6WyRQl8p4eBL0pOhQ7yGNvpD6XwBEwW++Sz0jtfXw9HZSTqcQ+oRy0JCJDmQ&#10;8hXBoNknLe3/aflQMy2wRdYLNWo5H7W8MUL46SVI1yeHqFFLOxVy4vFhFvT+p4Qv1BhlfE0LlvGN&#10;dbdCYSPY9s66cAMKsLC9xTAEK9Cy7Fq4DB+PSEx8JnwMN2YfloxhHyKyiklPMPUAOmKlYxBiLZLT&#10;v2PBBIaUHiudYEEvq5Ehq0fSfCcH1mAR5jdOjIOmlfWzsgJu44QBAgT5Cl+JhdyHseHMkMLAKjlc&#10;IoYSWCLrIIlmzjPzKbxJ+pyiFP5Dp7ZipdDlDkYfkjx5WzmNCk2csApuOOETwO0LBib1XCedleqm&#10;aVvsQis9lUV8tkBtrGqbwjs9G2uq9WVryJb59Yg/XwyAPQuDNSQLBKsFK64H27GmDTbEt6AtXLQw&#10;t+GWrVXxCDNsVFi68CcBRq3Mb0p6WLg5tb82zAhK2i8SbuFZMp/7DY0v8094mc3Us556mOQAlVNH&#10;ofHevHRhq2+0aaoaMiVYrlSfYf2UjR9z5BdYDS+wCNDC9QrWs/09fceopz+s5R8AAAD//wMAUEsD&#10;BBQABgAIAAAAIQC2t9233AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5NS8NAFEX3gv9heII7&#10;O0k/QomZlFLUVRFsBXH3mrwmoZk3ITNN0n/vc6XLw73ce7LNZFs1UO8bxwbiWQSKuHBlw5WBz+Pr&#10;0xqUD8glto7JwI08bPL7uwzT0o38QcMhVEpG2KdooA6hS7X2RU0W/cx1xJKdXW8xCPaVLnscZdy2&#10;eh5FibbYsDzU2NGupuJyuFoDbyOO20X8Muwv593t+7h6/9rHZMzjw7R9BhVoCn9l+NUXdcjF6eSu&#10;XHrVGpgvE1EPBpYLUJIn8Vr4JLwCnWf6v3/+AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AIqpfgD7AgAA+AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhALa33bfcAAAABwEAAA8AAAAAAAAAAAAAAAAAVQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+                <v:shape id="Freeform 3" o:spid="_x0000_s1027" style="position:absolute;left:2468;top:43;width:3720;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3720,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAMA/QaxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfTWbCqlSHQVKQhpKVRjULyN2TEJZmdDdhujv94VCr3N433OdD6YRvTUudqygtcoBkFc&#10;WF1zqSDfLF/GIJxH1thYJgUXcjCfPT5MMdH2zGvqM1+KEMIuQQWV920ipSsqMugi2xIH7mg7gz7A&#10;rpS6w3MIN40cxfG7NFhzaKiwpY+KilP2axR87Vbrn2+zva7S0tb702dWHPKLUs9Pw2ICwtPg/8V/&#10;7lSH+W9w/yUcIGc3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAwD9BrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l3720,e" filled="f" strokeweight=".48pt">
+                  <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;3720,0" o:connectangles="0,0"/>
+                </v:shape>
+                <w10:wrap anchorx="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...13 lines deleted...]
-        <w:t>,</w:t>
+        <w:t>(vardas,</w:t>
       </w:r>
       <w:r w:rsidR="00273917">
         <w:t xml:space="preserve"> pavardė, parašas)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A75CE2">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="3180" w:right="440" w:bottom="280" w:left="1580" w:header="1165" w:footer="0" w:gutter="0"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003159DD" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="0935BA20" w14:textId="77777777" w:rsidR="001B66C1" w:rsidRDefault="001B66C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003159DD" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="33B5D067" w14:textId="77777777" w:rsidR="001B66C1" w:rsidRDefault="001B66C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003159DD" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="399450F2" w14:textId="77777777" w:rsidR="001B66C1" w:rsidRDefault="001B66C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003159DD" w:rsidRDefault="003159DD">
+    <w:p w14:paraId="275F9E7D" w14:textId="77777777" w:rsidR="001B66C1" w:rsidRDefault="001B66C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00A75CE2" w:rsidRDefault="003159DD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="636AD010" w14:textId="59BBBBA7" w:rsidR="00A75CE2" w:rsidRDefault="00987F71">
     <w:pPr>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
-      <w:pict>
-[...24 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251652096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="590311AC" wp14:editId="6BF2B94D">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4660900</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>727075</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="642620" cy="177800"/>
+              <wp:effectExtent l="3175" t="3175" r="1905" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="12" name="Text Box 12"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="642620" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="097569B3" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>Klaipėdos</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="590311AC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 12" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:367pt;margin-top:57.25pt;width:50.6pt;height:14pt;z-index:-251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWch216AEAALcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgxhrQw4hRdiw4D&#10;ugvQ7gMYWbaF2aJGKbGzrx8lx1m3vQ17EWiSOjrnkN7eTEMvjpq8QVvJ9SqXQluFtbFtJb8+P7y5&#10;lsIHsDX0aHUlT9rLm93rV9vRlbrADvtak2AQ68vRVbILwZVZ5lWnB/ArdNpysUEaIPAntVlNMDL6&#10;0GdFnm+yEal2hEp7z9n7uSh3Cb9ptAqfm8brIPpKMreQTkrnPp7ZbgtlS+A6o8404B9YDGAsP3qB&#10;uocA4kDmL6jBKEKPTVgpHDJsGqN00sBq1vkfap46cDppYXO8u9jk/x+s+nT8QsLUPLtCCgsDz+hZ&#10;T0G8w0lwiv0ZnS+57clxY5g4z71Jq3ePqL55YfGuA9vqWyIcOw0181vHm9mLqzOOjyD78SPW/A4c&#10;AiagqaEhmsd2CEbnOZ0us4lcFCc3b4tNwRXFpfXV1XWeZpdBuVx25MN7jYOIQSWJR5/A4fjoQyQD&#10;5dIS37L4YPo+jb+3vyW4MWYS+ch3Zh6m/XQ2Y4/1iWUQztvE289Bh/RDipE3qZL++wFIS9F/sGxF&#10;XLsloCXYLwFYxVcrGaSYw7swr+fBkWk7Rp7NtnjLdjUmSYm+zizOPHk7ksLzJsf1e/mdun79b7uf&#10;AAAA//8DAFBLAwQUAAYACAAAACEAMbM6XOEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeLNLKdSKLE1j9GRipHjwuLBTIGVnkd22+O8dT3qc917efC/fznYQZ5x870jBchGB&#10;QGqc6alV8FG93G1A+KDJ6MERKvhGD9vi+irXmXEXKvG8D63gEvKZVtCFMGZS+qZDq/3CjUjsHdxk&#10;deBzaqWZ9IXL7SDjKFpLq3viD50e8anD5rg/WQW7Tyqf+6+3+r08lH1VPUT0uj4qdXsz7x5BBJzD&#10;Xxh+8RkdCmaq3YmMF4OC+1XCWwIbyyQFwYnNKo1B1KwkcQqyyOX/DcUPAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJZyHbXoAQAAtwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhADGzOlzhAAAACwEAAA8AAAAAAAAAAAAAAAAAQgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABQBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="097569B3" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>Klaipėdos</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...34 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65C9CC6C" wp14:editId="304D1622">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5489575</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>727075</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="643255" cy="177800"/>
+              <wp:effectExtent l="3175" t="3175" r="1270" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="11" name="Text Box 11"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="643255" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4728BBA6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="001416DD">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>,,Pajūrio</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00273917">
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>“</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="65C9CC6C" id="Text Box 11" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:432.25pt;margin-top:57.25pt;width:50.65pt;height:14pt;z-index:-251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCjeXs6wEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s9ld6EXRZqvSqgip&#10;UKSWD3AcO7GIPWbs3WT5esbOZinwVvXFGo/Hx+ecGW+uRtuzvcJgwFV8tVhyppyExri24t+f7t5d&#10;chaicI3owamKH1TgV9u3bzaDL9UaOugbhYxAXCgHX/EuRl8WRZCdsiIswCtHhxrQikhbbIsGxUDo&#10;ti/Wy+V5MQA2HkGqECh7Ox3ybcbXWsn4oHVQkfUVJ24xr5jXOq3FdiPKFoXvjDzSEC9gYYVx9OgJ&#10;6lZEwXZo/oOyRiIE0HEhwRagtZEqayA1q+U/ah474VXWQuYEf7IpvB6s/Lr/hsw01LsVZ05Y6tGT&#10;GiP7CCOjFPkz+FBS2aOnwjhSnmqz1uDvQf4IzMFNJ1yrrhFh6JRoiF++WTy7OuGEBFIPX6Chd8Qu&#10;QgYaNdpkHtnBCJ36dDj1JnGRlDz/8H59dsaZpKPVxcXlMveuEOV82WOInxRYloKKI7U+g4v9fYgk&#10;g0rnkvSWgzvT97n9vfsrQYUpk8knvhPzONbj5NPsSQ3NgdQgTENFn4CCDvAXZwMNVMXDz51AxVn/&#10;2ZEjafrmAOegngPhJF2teORsCm/iNKU7j6btCHny3ME1uaZNVpTsnVgc6dKQZKHHgU5T+Hyfq/58&#10;u+1vAAAA//8DAFBLAwQUAAYACAAAACEAzSafuuAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QW/CMAyF75P2HyJP2m2kIFpB1xShaTtNmijdYce0NW1E43RNgO7fz5zgZvs9PX8v20y2F2ccvXGk&#10;YD6LQCDVrjHUKvguP15WIHzQ1OjeESr4Qw+b/PEh02njLlTgeR9awSHkU62gC2FIpfR1h1b7mRuQ&#10;WDu40erA69jKZtQXDre9XERRIq02xB86PeBbh/Vxf7IKtj9UvJvfr2pXHApTluuIPpOjUs9P0/YV&#10;RMAp3MxwxWd0yJmpcidqvOgVrJJlzFYW5teBHesk5jIVX5aLGGSeyfsO+T8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAwo3l7OsBAAC+AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAzSafuuAAAAALAQAADwAAAAAAAAAAAAAAAABFBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="4728BBA6" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="001416DD">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>,,Pajūrio</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00273917">
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>“</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...25 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09B43C61" wp14:editId="198C6356">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6320155</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>727075</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="897890" cy="177800"/>
+              <wp:effectExtent l="0" t="3175" r="1905" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="10" name="Text Box 10"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="897890" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="097DAA52" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>progimnazijos</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="09B43C61" id="Text Box 10" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:497.65pt;margin-top:57.25pt;width:70.7pt;height:14pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3TUBn6QEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJw5IacYquRYcB&#10;3QVo9wGMLNvCbFGjlNjZ14+S46zb3oq+CBQvR4eH1PZ67Dtx1OQN2lIuF7kU2iqsjG1K+f3p/t1G&#10;Ch/AVtCh1aU8aS+vd2/fbAdX6BW22FWaBINYXwyulG0Irsgyr1rdg1+g05aDNVIPga/UZBXBwOh9&#10;l63y/H02IFWOUGnv2Xs3BeUu4de1VuFrXXsdRFdK5hbSSencxzPbbaFoCFxr1JkGvIBFD8byoxeo&#10;OwggDmT+g+qNIvRYh4XCPsO6NkqnHribZf5PN48tOJ16YXG8u8jkXw9WfTl+I2Eqnh3LY6HnGT3p&#10;MYgPOAp2sT6D8wWnPTpODCP7OTf16t0Dqh9eWLxtwTb6hgiHVkPF/JaxMntWOuH4CLIfPmPF78Ah&#10;YAIaa+qjeCyHYHQmcrrMJnJR7NxcrTdXHFEcWq7Xmzxxy6CYix358FFjL6JRSuLRJ3A4PvgQyUAx&#10;p8S3LN6brkvj7+xfDk6MnkQ+8p2Yh3E/Jp1WsyZ7rE7cDeG0VPwJ2GiRfkkx8EKV0v88AGkpuk+W&#10;FYnbNxs0G/vZAKu4tJRBism8DdOWHhyZpmXkSXOLN6xabVJHUd6JxZkuL0lq9LzQcQuf31PWn2+3&#10;+w0AAP//AwBQSwMEFAAGAAgAAAAhAENFQbbhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAMhu9IvENkJG4s7bYWWppOE4ITElpXDhzTxmujNU5psq28PdkJbrb+T78/F5vZDOyMk9OWBMSL&#10;CBhSa5WmTsBn/fbwBMx5SUoOllDADzrYlLc3hcyVvVCF573vWCghl0sBvfdjzrlrezTSLeyIFLKD&#10;nYz0YZ06riZ5CeVm4MsoSrmRmsKFXo740mN73J+MgO0XVa/6+6PZVYdK13UW0Xt6FOL+bt4+A/M4&#10;+z8YrvpBHcrg1NgTKccGAVmWrAIagnidALsS8Sp9BNaEab1MgJcF//9E+QsAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQB3TUBn6QEAAL4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBDRUG24QAAAAwBAAAPAAAAAAAAAAAAAAAAAEMEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="097DAA52" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>progimnazijos</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...67 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="627D135A" wp14:editId="19B814FD">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4660900</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>916305</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2557145" cy="177800"/>
+              <wp:effectExtent l="3175" t="1905" r="1905" b="1270"/>
+              <wp:wrapNone/>
+              <wp:docPr id="9" name="Text Box 9"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2557145" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3A2D2222" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>mokinių</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-3"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>pamokų</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>lankomumo</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>apskaitos</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-3"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>ir</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="627D135A" id="Text Box 9" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:367pt;margin-top:72.15pt;width:201.35pt;height:14pt;z-index:-251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeztVZ7QEAAL0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJlqU14hRdiw4D&#10;ugvQ7gMYWY6F2aJGKbGzrx8lx1m7vg17ESiKOjrnkFpfDV0rDpq8QVvK+SyXQluFlbG7Un5/vHtz&#10;IYUPYCto0epSHrWXV5vXr9a9K/QCG2wrTYJBrC96V8omBFdkmVeN7sDP0GnLhzVSB4G3tMsqgp7R&#10;uzZb5Pn7rEeqHKHS3nP2djyUm4Rf11qFr3XtdRBtKZlbSCuldRvXbLOGYkfgGqNONOAfWHRgLD96&#10;hrqFAGJP5gVUZxShxzrMFHYZ1rVROmlgNfP8LzUPDTidtLA53p1t8v8PVn05fCNhqlJeSmGh4xY9&#10;6iGIDziIy+hO73zBRQ+Oy8LAae5yUurdPaofXli8acDu9DUR9o2GitnN483sydURx0eQbf8ZK34G&#10;9gET0FBTF61jMwSjc5eO585EKoqTi+VyNX+3lELx2Xy1ushT6zIoptuOfPiosRMxKCVx5xM6HO59&#10;iGygmEriYxbvTNum7rf2WYILYyaxj4RH6mHYDsmmt5MpW6yOLIdwnCn+Axw0SL+k6HmeSul/7oG0&#10;FO0ny5bE4ZsCmoLtFIBVfLWUQYoxvAnjkO4dmV3DyKPpFq/ZttokRdHfkcWJLs9IEnqa5ziET/ep&#10;6s+v2/wGAAD//wMAUEsDBBQABgAIAAAAIQBFW2AC4QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUjcqNMmSmgap6oQnJAQaThwdOJtYjVeh9htw9/jnsptRzOafVNsZzOwM05O&#10;WxKwXETAkFqrNHUCvuq3p2dgzktScrCEAn7Rwba8vytkruyFKjzvfcdCCblcCui9H3POXdujkW5h&#10;R6TgHexkpA9y6ria5CWUm4GvoijlRmoKH3o54kuP7XF/MgJ231S96p+P5rM6VLqu1xG9p0chHh/m&#10;3QaYx9nfwnDFD+hQBqbGnkg5NgjI4iRs8cFIkhjYNbGM0wxYE65sFQMvC/5/RPkHAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEA3s7VWe0BAAC9AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEARVtgAuEAAAAMAQAADwAAAAAAAAAAAAAAAABHBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="3A2D2222" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t>mokinių</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-3"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>pamokų</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>lankomumo</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>apskaitos</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-3"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>ir</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...25 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="735C53C9" wp14:editId="34365C3F">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4660900</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1105535</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="694055" cy="177800"/>
+              <wp:effectExtent l="3175" t="635" r="0" b="2540"/>
+              <wp:wrapNone/>
+              <wp:docPr id="8" name="Text Box 8"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="694055" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="78C54D4B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>gimnazijos</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="735C53C9" id="Text Box 8" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:367pt;margin-top:87.05pt;width:54.65pt;height:14pt;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzwOgT6wEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgpesmMOEXXosOA&#10;7gK0+wBalmNhtqhRSuzs60fJcdZtb0VfBIqijs45pNbXY9+JvSZv0JZyucil0FZhbey2lN+f7t+t&#10;pPABbA0dWl3Kg/byevP2zXpwhT7DFrtak2AQ64vBlbINwRVZ5lWre/ALdNryYYPUQ+AtbbOaYGD0&#10;vsvO8vwyG5BqR6i095y9mw7lJuE3jVbha9N4HURXSuYW0kppreKabdZQbAlca9SRBryARQ/G8qMn&#10;qDsIIHZk/oPqjSL02ISFwj7DpjFKJw2sZpn/o+axBaeTFjbHu5NN/vVg1Zf9NxKmLiU3ykLPLXrS&#10;YxAfcBSr6M7gfMFFj47Lwshp7nJS6t0Dqh9eWLxtwW71DREOrYaa2S3jzezZ1QnHR5Bq+Iw1PwO7&#10;gAlobKiP1rEZgtG5S4dTZyIVxcnL9+f5xYUUio+WV1erPHUug2K+7MiHjxp7EYNSEjc+gcP+wYdI&#10;Boq5JL5l8d50XWp+Z/9KcGHMJPKR78Q8jNWYXDqfPamwPrAawmmk+Atw0CL9kmLgcSql/7kD0lJ0&#10;nyw7EmdvDmgOqjkAq/hqKYMUU3gbphndOTLblpEnzy3esGuNSYqivROLI10ekST0OM5xBp/vU9Wf&#10;T7f5DQAA//8DAFBLAwQUAAYACAAAACEAnPoxqeEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7DMBCE70i8g7WVuFHnT21J41QVghMSIg0Hjk7sJlbjdYjdNrw9y6kcRzOa+abYzXZgFz1541BA&#10;vIyAaWydMtgJ+KxfHzfAfJCo5OBQC/jRHnbl/V0hc+WuWOnLIXSMStDnUkAfwphz7tteW+mXbtRI&#10;3tFNVgaSU8fVJK9UbgeeRNGKW2mQFno56udet6fD2QrYf2H1Yr7fm4/qWJm6forwbXUS4mEx77fA&#10;gp7DLQx/+IQOJTE17ozKs0HAOs3oSyBjncXAKLHJ0hRYIyCJkhh4WfD/H8pfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAHPA6BPrAQAAvAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAJz6ManhAAAACwEAAA8AAAAAAAAAAAAAAAAARQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="78C54D4B" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>gimnazijos</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...22 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38073C08" wp14:editId="5C18B823">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5570855</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1105535</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="703580" cy="177800"/>
+              <wp:effectExtent l="0" t="635" r="2540" b="2540"/>
+              <wp:wrapNone/>
+              <wp:docPr id="7" name="Text Box 7"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="703580" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7D381A73" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>nelankymo</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="38073C08" id="Text Box 7" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:438.65pt;margin-top:87.05pt;width:55.4pt;height:14pt;z-index:-251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALSDcp6gEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjp0CUw4hRdiw4D&#10;uq1Auw9gZNkWZosapcTOvn6UHGfd+lbsRaB4OTo8pDZXY9+JgyZv0JZyucil0FZhZWxTyu9Pd+/W&#10;UvgAtoIOrS7lUXt5tX37ZjO4Ql9gi12lSTCI9cXgStmG4Ios86rVPfgFOm05WCP1EPhKTVYRDIze&#10;d9lFnn/IBqTKESrtPXtvp6DcJvy61ip8q2uvg+hKydxCOimdu3hm2w0UDYFrjTrRgFew6MFYfvQM&#10;dQsBxJ7MC6jeKEKPdVgo7DOsa6N06oG7Web/dPPYgtOpFxbHu7NM/v/Bqq+HBxKmKuVKCgs9j+hJ&#10;j0F8xFGsojqD8wUnPTpOCyO7ecqpU+/uUf3wwuJNC7bR10Q4tBoqZreMldmz0gnHR5Dd8AUrfgb2&#10;ARPQWFMfpWMxBKPzlI7nyUQqip2r/P3lmiOKQ8vVap2nyWVQzMWOfPiksRfRKCXx4BM4HO59iGSg&#10;mFPiWxbvTNel4Xf2LwcnRk8iH/lOzMO4G5NKl7MmO6yO3A3htFL8BdhokX5JMfA6ldL/3ANpKbrP&#10;lhWJuzcbNBu72QCruLSUQYrJvAnTju4dmaZl5Elzi9esWm1SR1HeicWJLq9IavS0znEHn99T1p9P&#10;t/0NAAD//wMAUEsDBBQABgAIAAAAIQAXegcQ4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwDIbvSLxDZCRuLGlBa1eaThOCExKiKweOaZO10RqnNNlW3h5zgput/9Pvz+V2cSM7mzlYjxKS&#10;lQBmsPPaYi/ho3m5y4GFqFCr0aOR8G0CbKvrq1IV2l+wNud97BmVYCiUhCHGqeA8dINxKqz8ZJCy&#10;g5+dirTOPdezulC5G3kqxJo7ZZEuDGoyT4PpjvuTk7D7xPrZfr217/Whtk2zEfi6Pkp5e7PsHoFF&#10;s8Q/GH71SR0qcmr9CXVgo4Q8y+4JpSB7SIARsclzGloJqUgT4FXJ//9Q/QAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQALSDcp6gEAALwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAXegcQ4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="7D381A73" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:t>nelankymo</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...25 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0896DC0C" wp14:editId="5A763EF0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6489065</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1105535</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="727710" cy="177800"/>
+              <wp:effectExtent l="2540" t="635" r="3175" b="2540"/>
+              <wp:wrapNone/>
+              <wp:docPr id="6" name="Text Box 6"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="727710" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="141FE8A8" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>prevencijos</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="0896DC0C" id="Text Box 6" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:510.95pt;margin-top:87.05pt;width:57.3pt;height:14pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIUNxf6QEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjOQ1IYcYquRYcB&#10;3QVo9wGMLMfCbFGjlNjZ14+S7bTb3oq+CBQvR4eH1PZ66Fpx0uQN2lLmi6UU2iqsjD2U8sfT/Ycr&#10;KXwAW0GLVpfyrL283r1/t+1doVfYYFtpEgxifdG7UjYhuCLLvGp0B36BTlsO1kgdBL7SIasIekbv&#10;2my1XK6zHqlyhEp7z967MSh3Cb+utQrf6trrINpSMreQTkrnPp7ZbgvFgcA1Rk004BUsOjCWH71A&#10;3UEAcSTzH1RnFKHHOiwUdhnWtVE69cDd5Mt/unlswOnUC4vj3UUm/3aw6uvpOwlTlXIthYWOR/Sk&#10;hyA+4iDWUZ3e+YKTHh2nhYHdPOXUqXcPqH56YfG2AXvQN0TYNxoqZpfHyuxF6YjjI8i+/4IVPwPH&#10;gAloqKmL0rEYgtF5SufLZCIVxc7NarPJOaI4lG82V8s0uQyKudiRD580diIapSQefAKH04MPkQwU&#10;c0p8y+K9ads0/Nb+5eDE6EnkI9+ReRj2w6TSpMkeqzN3QziuFH8BNhqk31L0vE6l9L+OQFqK9rNl&#10;ReLuzQbNxn42wCouLWWQYjRvw7ijR0fm0DDyqLnFG1atNqmjKO/IYqLLK5IandY57uDLe8p6/nS7&#10;PwAAAP//AwBQSwMEFAAGAAgAAAAhAH/RVF/gAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyonQChDXGqCsEJCZGGQ49O7CZW43WI3Tb8PdsT3HY0T7MzxXp2AzuZKViPEpKF&#10;AGaw9dpiJ+GrfrtbAgtRoVaDRyPhxwRYl9dXhcq1P2NlTtvYMQrBkCsJfYxjznloe+NUWPjRIHl7&#10;PzkVSU4d15M6U7gbeCpExp2ySB96NZqX3rSH7dFJ2OywerXfH81nta9sXa8EvmcHKW9v5s0zsGjm&#10;+AfDpT5Vh5I6Nf6IOrCBtEiTFbF0PT0kwC5Icp89AmskpGQCLwv+f0X5CwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAAhQ3F/pAQAAvAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAH/RVF/gAAAADQEAAA8AAAAAAAAAAAAAAAAAQwQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABQBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="141FE8A8" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>prevencijos</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...52 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E84635F" wp14:editId="5183A142">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4660900</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1294130</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2556510" cy="177800"/>
+              <wp:effectExtent l="3175" t="0" r="2540" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="5" name="Text Box 5"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2556510" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="09D6DC25" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:tabs>
+                              <w:tab w:val="left" w:pos="931"/>
+                              <w:tab w:val="left" w:pos="1824"/>
+                              <w:tab w:val="left" w:pos="3033"/>
+                            </w:tabs>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>tvarkos</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:tab/>
+                            <w:t>aprašo,</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:tab/>
+                          </w:r>
+                          <w:r>
+                            <w:t>patvirtinto</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:tab/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>Klaipėdos</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="1E84635F" id="Text Box 5" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:367pt;margin-top:101.9pt;width:201.3pt;height:14pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+RWSV6wEAAL0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJ4KYw4hRdiw4D&#10;ugvQ9gMYWbaF2aJGKbGzrx8lx1m3vQ17EShejg4Pqe3N2HfiqMkbtKVcLZZSaKuwMrYp5cvzw7tr&#10;KXwAW0GHVpfypL282b19sx1codfYYldpEgxifTG4UrYhuCLLvGp1D36BTlsO1kg9BL5Sk1UEA6P3&#10;XbZeLq+yAalyhEp7z977KSh3Cb+utQpf6trrILpSMreQTkrnPp7ZbgtFQ+Bao8404B9Y9GAsP3qB&#10;uocA4kDmL6jeKEKPdVgo7DOsa6N06oG7WS3/6OapBadTLyyOdxeZ/P+DVZ+PX0mYqpS5FBZ6HtGz&#10;HoN4j6PIozqD8wUnPTlOCyO7ecqpU+8eUX3zwuJdC7bRt0Q4tBoqZreKldmr0gnHR5D98AkrfgYO&#10;ARPQWFMfpWMxBKPzlE6XyUQqip3rPL/KVxxSHFttNtfLNLoMirnakQ8fNPYiGqUknnxCh+OjD5EN&#10;FHNKfMzig+m6NP3O/ubgxOhJ7CPhiXoY92OSaTOLssfqxO0QTjvFf4CNFumHFAPvUyn99wOQlqL7&#10;aFmSuHyzQbOxnw2wiktLGaSYzLswLenBkWlaRp5Et3jLstUmdRT1nVic6fKOpEbP+xyX8PU9Zf36&#10;dbufAAAA//8DAFBLAwQUAAYACAAAACEA1+OF1uEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;wU7DMAyG70i8Q2QkbizpisooTacJwQlpoisHjmmTtdEapzTZVt5+3gmOtn/9/r5iPbuBncwUrEcJ&#10;yUIAM9h6bbGT8FW/P6yAhahQq8GjkfBrAqzL25tC5dqfsTKnXewYlWDIlYQ+xjHnPLS9cSos/GiQ&#10;bns/ORVpnDquJ3WmcjfwpRAZd8oifejVaF570x52Rydh843Vm/3ZNp/VvrJ1/SzwIztIeX83b16A&#10;RTPHvzBc8QkdSmJq/BF1YIOEp/SRXKKEpUjJ4ZpI0iwD1tAqTVbAy4L/lygvAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAD5FZJXrAQAAvQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhANfjhdbhAAAADAEAAA8AAAAAAAAAAAAAAAAARQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABTBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="09D6DC25" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:tabs>
+                        <w:tab w:val="left" w:pos="931"/>
+                        <w:tab w:val="left" w:pos="1824"/>
+                        <w:tab w:val="left" w:pos="3033"/>
+                      </w:tabs>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>tvarkos</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:tab/>
+                      <w:t>aprašo,</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:tab/>
+                    </w:r>
+                    <w:r>
+                      <w:t>patvirtinto</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:tab/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>Klaipėdos</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...34 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57E4F107" wp14:editId="47241911">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4660900</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1483360</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="643255" cy="177800"/>
+              <wp:effectExtent l="3175" t="0" r="1270" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="4" name="Text Box 4"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="643255" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="24290AC9" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="001416DD">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>,,Pajūrio</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00273917">
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>“</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="57E4F107" id="Text Box 4" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:367pt;margin-top:116.8pt;width:50.65pt;height:14pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBSQDmP7AEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJ0jYw4hRdiw4D&#10;ugvQ7gNoWY6F2aJGKbGzrx8lx1m3vhV7ESiKOjrnkNpcD10rDpq8QVvIxWwuhbYKK2N3hfz+dP9u&#10;LYUPYCto0epCHrWX19u3bza9y/USG2wrTYJBrM97V8gmBJdnmVeN7sDP0GnLhzVSB4G3tMsqgp7R&#10;uzZbzueXWY9UOUKlvefs3Xgotwm/rrUKX+va6yDaQjK3kFZKaxnXbLuBfEfgGqNONOAVLDowlh89&#10;Q91BALEn8wKqM4rQYx1mCrsM69oonTSwmsX8HzWPDTidtLA53p1t8v8PVn05fCNhqkKupLDQcYue&#10;9BDEBxzEKrrTO59z0aPjsjBwmruclHr3gOqHFxZvG7A7fUOEfaOhYnaLeDN7dnXE8RGk7D9jxc/A&#10;PmACGmrqonVshmB07tLx3JlIRXHycvV+eXEhheKjxdXVep46l0E+XXbkw0eNnYhBIYkbn8Dh8OBD&#10;JAP5VBLfsnhv2jY1v7V/JbgwZhL5yHdkHoZySC6tJ09KrI6shnAcKf4CHDRIv6ToeZwK6X/ugbQU&#10;7SfLjsTZmwKagnIKwCq+WsggxRjehnFG947MrmHk0XOLN+xabZKiaO/I4kSXRyQJPY1znMHn+1T1&#10;59NtfwMAAP//AwBQSwMEFAAGAAgAAAAhAORMW3fhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1SNyo0xpMCXGqCsEJCZGGA0cn3iZW43WI3Tb8PeYEx9kZzb4pNrMb2AmnYD0p&#10;WC4yYEitN5Y6BR/1y80aWIiajB48oYJvDLApLy8KnRt/pgpPu9ixVEIh1wr6GMec89D26HRY+BEp&#10;eXs/OR2TnDpuJn1O5W7gqyyT3GlL6UOvR3zqsT3sjk7B9pOqZ/v11rxX+8rW9UNGr/Kg1PXVvH0E&#10;FnGOf2H4xU/oUCamxh/JBDYouBe3aUtUsBJCAkuJtbgTwJp0kUsJvCz4/w3lDwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBSQDmP7AEAALwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDkTFt34QAAAAsBAAAPAAAAAAAAAAAAAAAAAEYEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="24290AC9" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="001416DD">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>,,Pajūrio</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00273917">
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>“</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...22 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04FF7842" wp14:editId="2208CAC6">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>5434965</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1483360</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="898525" cy="177800"/>
+              <wp:effectExtent l="0" t="0" r="635" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="3" name="Text Box 3"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="898525" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7FE74A98" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>progimnazijos</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="04FF7842" id="Text Box 3" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:427.95pt;margin-top:116.8pt;width:70.75pt;height:14pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBouKds7AEAALwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJ0TU14hRdiw4D&#10;ugvQ7gNoWbaF2aJGKbGzrx8lx1m3vQ17ESiKOjrnkNrejH0nDpq8QVvI1WIphbYKK2ObQn59fniz&#10;kcIHsBV0aHUhj9rLm93rV9vB5XqNLXaVJsEg1ueDK2QbgsuzzKtW9+AX6LTlwxqph8BbarKKYGD0&#10;vsvWy+XbbECqHKHS3nP2fjqUu4Rf11qFz3XtdRBdIZlbSCultYxrtttC3hC41qgTDfgHFj0Yy4+e&#10;oe4hgNiT+QuqN4rQYx0WCvsM69oonTSwmtXyDzVPLTidtLA53p1t8v8PVn06fCFhqkJeSGGh5xY9&#10;6zGIdziKi+jO4HzORU+Oy8LIae5yUurdI6pvXli8a8E2+pYIh1ZDxexW8Wb24uqE4yNIOXzEip+B&#10;fcAENNbUR+vYDMHo3KXjuTORiuLk5npzub6UQvHR6upqs0ydyyCfLzvy4b3GXsSgkMSNT+BwePQh&#10;koF8LolvWXwwXZea39nfElwYM4l85DsxD2M5JpeuZ09KrI6shnAaKf4CHLRIP6QYeJwK6b/vgbQU&#10;3QfLjsTZmwOag3IOwCq+WsggxRTehWlG945M0zLy5LnFW3atNklRtHdicaLLI5KEnsY5zuDLfar6&#10;9el2PwEAAP//AwBQSwMEFAAGAAgAAAAhAP67OpPhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAMhu9IvENkJG4s3cbCWppOE4LTJERXDhzTxmujNU5psq17e8IJjrY//f7+fDPZnp1x9MaR&#10;hPksAYbUOG2olfBZvT2sgfmgSKveEUq4oodNcXuTq0y7C5V43oeWxRDymZLQhTBknPumQ6v8zA1I&#10;8XZwo1UhjmPL9aguMdz2fJEkgltlKH7o1IAvHTbH/clK2H5R+Wq+3+uP8lCaqkoT2omjlPd30/YZ&#10;WMAp/MHwqx/VoYhOtTuR9qyXsF6t0ohKWCyXAlgk0vTpEVgdN2IugBc5/9+h+AEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBouKds7AEAALwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQD+uzqT4QAAAAsBAAAPAAAAAAAAAAAAAAAAAEYEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="7FE74A98" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:t>progimnazijos</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...25 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57B51FDE" wp14:editId="3ACD8453">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6464935</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1483360</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="753110" cy="177800"/>
+              <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Text Box 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="753110" cy="177800"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="27B6CA74" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="20" w:firstLine="0"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>direktoriaus</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="57B51FDE" id="Text Box 2" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;margin-left:509.05pt;margin-top:116.8pt;width:59.3pt;height:14pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7xhZO6gEAAL0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zRF0FXUdLXsahHS&#10;cpF2+YCJ4yQWiceM3Sbl6xk7TVngDfFijedyfObMeHc9Db04avIGbSnz1VoKbRXWxral/Pp0/+pK&#10;Ch/A1tCj1aU8aS+v9y9f7EZX6A122NeaBINYX4yulF0Irsgyrzo9gF+h05aDDdIAga/UZjXByOhD&#10;n23W67fZiFQ7QqW9Z+/dHJT7hN80WoXPTeN1EH0pmVtIJ6Wzime230HRErjOqDMN+AcWAxjLj16g&#10;7iCAOJD5C2owitBjE1YKhwybxiideuBu8vUf3Tx24HTqhcXx7iKT/3+w6tPxCwlTl3IjhYWBR/Sk&#10;pyDe4SQ2UZ3R+YKTHh2nhYndPOXUqXcPqL55YfG2A9vqGyIcOw01s8tjZfasdMbxEaQaP2LNz8Ah&#10;YAKaGhqidCyGYHSe0ukymUhFsXP75nWec0RxKN9ur9ZpchkUS7EjH95rHEQ0Skk8+AQOxwcfIhko&#10;lpT4lsV70/dp+L39zcGJ0ZPIR74z8zBVU1KJSZxFqbA+cTuE807xH2CjQ/ohxcj7VEr//QCkpeg/&#10;WJYkLt9i0GJUiwFWcWkpgxSzeRvmJT04Mm3HyLPoFm9YtsaklqK+M4szX96R1Ol5n+MSPr+nrF+/&#10;bv8TAAD//wMAUEsDBBQABgAIAAAAIQDueTfk4QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+x&#10;TsMwEIZ3JN7BOiQ2aruRTAlxqgrBhISahoHRid3EanwOsduGt6870fG/+/Tfd8V6dgM5mSlYjxL4&#10;ggEx2HptsZPwXX88rYCEqFCrwaOR8GcCrMv7u0Ll2p+xMqdd7EgqwZArCX2MY05paHvjVFj40WDa&#10;7f3kVExx6qie1DmVu4EuGRPUKYvpQq9G89ab9rA7OgmbH6ze7e9Xs632la3rF4af4iDl48O8eQUS&#10;zRz/YbjqJ3Uok1Pjj6gDGVJmfMUTK2GZZQLIFeGZeAbSpJHgAmhZ0NsvygsAAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAO8YWTuoBAAC9AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA7nk35OEAAAANAQAADwAAAAAAAAAAAAAAAABEBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFIFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="27B6CA74" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="20" w:firstLine="0"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>direktoriaus</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r>
-      <w:pict>
-[...84 lines deleted...]
-      </w:pict>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A9461B6" wp14:editId="1BBFF920">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>4636135</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1672590</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="2499995" cy="367030"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Text Box 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks noChangeArrowheads="1"/>
+                    </wps:cNvSpPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2499995" cy="367030"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                          </a14:hiddenFill>
+                        </a:ext>
+                        <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                          <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a14:hiddenLine>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="467FFB6C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:line="265" w:lineRule="exact"/>
+                            <w:ind w:left="59" w:firstLine="0"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:t xml:space="preserve">2023 </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>rugpjūčio</w:t>
+                          </w:r>
+                          <w:r w:rsidR="001416DD">
+                            <w:t xml:space="preserve"> 30</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> d. </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>įsakymu</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidR="001416DD">
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Nr.V-180/1 </w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="36DD2604" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                          <w:pPr>
+                            <w:pStyle w:val="a3"/>
+                            <w:spacing w:before="21"/>
+                            <w:ind w:left="40" w:firstLine="0"/>
+                            <w:rPr>
+                              <w:rFonts w:cs="Times New Roman"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r w:rsidR="00DD208D">
+                            <w:rPr>
+                              <w:noProof/>
+                            </w:rPr>
+                            <w:t>2</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                          <w:r>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-1"/>
+                            </w:rPr>
+                            <w:t>priedas</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="5A9461B6" id="Text Box 1" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;margin-left:365.05pt;margin-top:131.7pt;width:196.85pt;height:28.9pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXIZo46QEAAL4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s8luoUC02aq0KkIq&#10;F6nlAxzHTixijxl7N1m+nrGzWQq8IfJgTcbj43POjLdXkx3YQWEw4Gq+XpWcKSehNa6r+dfHuxdv&#10;OAtRuFYM4FTNjyrwq93zZ9vRV2oDPQytQkYgLlSjr3kfo6+KIsheWRFW4JWjTQ1oRaRf7IoWxUjo&#10;dig2ZXlZjICtR5AqBMrezpt8l/G1VjJ+1jqoyIaaE7eYV8xrk9ZitxVVh8L3Rp5oiH9gYYVxdOkZ&#10;6lZEwfZo/oKyRiIE0HElwRagtZEqayA16/IPNQ+98CprIXOCP9sU/h+s/HT4gsy01DvOnLDUokc1&#10;RfYOJrZO7ow+VFT04KksTpROlUlp8PcgvwXm4KYXrlPXiDD2SrTELp8snhydcUICacaP0NI1Yh8h&#10;A00abQIkMxihU5eO584kKpKSm5dv6XvFmaS9i8vX5UVuXSGq5bTHEN8rsCwFNUfqfEYXh/sQSQeV&#10;LiXpMgd3Zhhy9wf3W4IKUyazT4Rn6nFqptmmsysNtEfSgzAPFT0CCnrAH5yNNFA1D9/3AhVnwwdH&#10;nqTpWwJcgmYJhJN0tOaRszm8ifOU7j2arifk2XUH1+SbNllSMnhmceJLQ5KVngY6TeHT/1z169nt&#10;fgIAAP//AwBQSwMEFAAGAAgAAAAhAH5/bgXhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyonQQFCHGqCsEJCZGGA0cn3iZW43WI3Tb8Pe6JHlf7NPOmXC92ZEecvXEkIVkJ&#10;YEid04Z6CV/N290jMB8UaTU6Qgm/6GFdXV+VqtDuRDUet6FnMYR8oSQMIUwF574b0Cq/chNS/O3c&#10;bFWI59xzPatTDLcjT4XIuVWGYsOgJnwZsNtvD1bC5pvqV/Pz0X7Wu9o0zZOg93wv5e3NsnkGFnAJ&#10;/zCc9aM6VNGpdQfSno0SHjKRRFRCmmf3wM5EkmZxTSshS5MUeFXyyxHVHwAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQDXIZo46QEAAL4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQB+f24F4QAAAAwBAAAPAAAAAAAAAAAAAAAAAEMEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="467FFB6C" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:line="265" w:lineRule="exact"/>
+                      <w:ind w:left="59" w:firstLine="0"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:t xml:space="preserve">2023 </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>rugpjūčio</w:t>
+                    </w:r>
+                    <w:r w:rsidR="001416DD">
+                      <w:t xml:space="preserve"> 30</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> d. </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>įsakymu</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r w:rsidR="001416DD">
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve">Nr.V-180/1 </w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w14:paraId="36DD2604" w14:textId="77777777" w:rsidR="00A75CE2" w:rsidRDefault="00273917">
+                    <w:pPr>
+                      <w:pStyle w:val="a3"/>
+                      <w:spacing w:before="21"/>
+                      <w:ind w:left="40" w:firstLine="0"/>
+                      <w:rPr>
+                        <w:rFonts w:cs="Times New Roman"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r w:rsidR="00DD208D">
+                      <w:rPr>
+                        <w:noProof/>
+                      </w:rPr>
+                      <w:t>2</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                    <w:r>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-1"/>
+                      </w:rPr>
+                      <w:t>priedas</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06CD26F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="98381DA0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="567"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="567"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -40355,51 +41723,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6952" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7930" w:hanging="567"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="176A0578"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D5747D90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="375"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1379" w:hanging="420"/>
@@ -40474,51 +41842,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7050" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7996" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="182464E5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D2EE88AE"/>
     <w:lvl w:ilvl="0" w:tplc="DCCE82E0">
       <w:start w:val="5"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3245" w:hanging="234"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="670A432E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
@@ -40592,51 +41960,51 @@
     <w:lvl w:ilvl="7" w:tplc="D7C64D88">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7894" w:hanging="234"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="BD12DAE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8558" w:hanging="234"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C151664"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="928C8AC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="550"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="550"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -40712,51 +42080,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6952" w:hanging="910"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7930" w:hanging="910"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24CD0C4F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="573AE0AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="399"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="399"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -40832,51 +42200,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6952" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7930" w:hanging="600"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C197E41"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EE8608F0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="11"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="360"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="528"/>
@@ -40954,51 +42322,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6952" w:hanging="776"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7930" w:hanging="776"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D891A0C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2A2A04A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="8"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="411"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="411"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -41071,51 +42439,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6952" w:hanging="411"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7930" w:hanging="411"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36767F8C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E0746508"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="567"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="567"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -41191,51 +42559,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6952" w:hanging="728"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7930" w:hanging="728"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68991075"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="51104A70"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1499" w:hanging="540"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="9"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1499" w:hanging="540"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -41311,51 +42679,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7090" w:hanging="783"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8022" w:hanging="783"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70DC0468"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1E260270"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="528"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="107" w:hanging="528"/>
         <w:jc w:val="right"/>
       </w:pPr>
@@ -41431,51 +42799,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6308" w:hanging="711"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7194" w:hanging="711"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7EB11D79"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="02BC415E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="19"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1499" w:hanging="540"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1499" w:hanging="540"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -41588,607 +42956,661 @@
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="160"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2061"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A75CE2"/>
     <w:rsid w:val="001416DD"/>
+    <w:rsid w:val="001B66C1"/>
     <w:rsid w:val="00273917"/>
     <w:rsid w:val="002B0114"/>
     <w:rsid w:val="003159DD"/>
     <w:rsid w:val="0040483B"/>
     <w:rsid w:val="00601282"/>
     <w:rsid w:val="007F6260"/>
     <w:rsid w:val="008A6341"/>
     <w:rsid w:val="008E0628"/>
+    <w:rsid w:val="00987F71"/>
     <w:rsid w:val="00A47BE1"/>
     <w:rsid w:val="00A75CE2"/>
     <w:rsid w:val="00DD208D"/>
     <w:rsid w:val="00F80FF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2061"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="02F3FB49"/>
+  <w15:docId w15:val="{D520C85F-2BA4-493F-A0CF-BC834FD4496F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrat1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="prastasis"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="1319"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pagrindinistekstas">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="prastasis"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="107" w:firstLine="852"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="prastasis"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="prastasis"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Antrats">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:link w:val="AntratsDiagrama"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001416DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AntratsDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Antrats"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001416DD"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Porat">
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="prastasis"/>
-    <w:link w:val="PoratDiagrama"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001416DD"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
-[...2 lines deleted...]
-    <w:link w:val="Porat"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001416DD"/>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -42432,78 +43854,78 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>11855</Characters>
+  <Pages>11</Pages>
+  <Words>4793</Words>
+  <Characters>27322</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>65</Paragraphs>
+  <Lines>227</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>PATVIRTINTA:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32587</CharactersWithSpaces>
+  <CharactersWithSpaces>32051</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PATVIRTINTA:</dc:title>
   <dc:creator>Mokytojas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-09-14T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2023-09-19T00:00:00Z</vt:filetime>
   </property>